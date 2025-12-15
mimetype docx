--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eeb4e82" w14:textId="eeb4e82">
+    <w:p w14:paraId="6c4e8d1" w14:textId="6c4e8d1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -262,51 +262,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 39 222 тысячи тенге:</w:t>
+      1) доходы – 39 173 тысячи тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 3 505 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
@@ -342,71 +342,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 35 617 тысяч тенге;</w:t>
+      поступления трансфертов – 35 568 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 43 268 тысяч тенге;</w:t>
+      2) затраты – 43 219 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
@@ -607,61 +607,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-7</w:t>
+        <w:t>№ 31-7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1017,126 +1017,126 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение 1 к решению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к решению Казталовского районного</w:t>
+              <w:t>Казталовского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> маслихата от 25 декабря 2024 года № 26 – 7</w:t>
+              <w:t>от 25 декабря 2024 года № 26 – 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кайындинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-7</w:t>
+        <w:t>№ 31-7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1930,87 +1930,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Доходы</w:t>
-[...35 lines deleted...]
-39 222</w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5519,51 +5519,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 617</w:t>
+35 568</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5728,51 +5728,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 617</w:t>
+35 568</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5937,51 +5937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 617</w:t>
+35 568</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6724,87 +6724,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Затраты</w:t>
-[...35 lines deleted...]
-43 268</w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 219</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7805,51 +7805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 170</w:t>
+5 121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8014,51 +8014,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 170</w:t>
+5 121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8223,51 +8223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 170</w:t>
+5 121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8432,51 +8432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-914</w:t>
+865</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9855,51 +9855,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Чистое бюджетное кредитование</w:t>
+3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11710,51 +11710,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Сальдо по операциям с финансовыми активами</w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12947,51 +12947,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Дефицит (профицит) бюджета</w:t>
+5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13152,51 +13152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Финансирование дефицита (использование профицита) бюджета</w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -45192,55 +45192,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -45566,31 +45566,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>