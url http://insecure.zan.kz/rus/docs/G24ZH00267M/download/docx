--- v1 (2025-12-15)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6c4e8d1" w14:textId="6c4e8d1">
+    <w:p w14:paraId="8778f18" w14:textId="8778f18">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -156,77 +156,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Казталовский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">1. Утвердить бюджет Кайындинского сельского округа на 2025 - 2027 годы согласно </w:t>
+      1. Утвердить бюджет Кайындинского сельского округа на 2025 - 2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -245,351 +252,320 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 39 173 тысячи тенге:</w:t>
+      1) доходы – 40 412 тысячи тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 3 505 тысяч тенге;</w:t>
+      налоговые поступления – 4 744 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 100 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 35 568 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 43 219 тысяч тенге;</w:t>
+      2) затраты – 44 458 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 4 046 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 4 046 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 4 046 тысяч тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 4 046 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -607,61 +583,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31-7</w:t>
+        <w:t>№ 35-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -702,150 +678,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Казталовского районного маслихата от 20 декабря 2024 года № 25 - 2 "О районном бюджете на 2025 - 2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть в бюджете Кайындинского сельского округа на 2025 год поступления субвенции, передаваемых из районного бюджета в сумме 32 239 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z24" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Деньги от реализации товаров и услуг, предоставляемых государственными учреждениями, подведомственных местным исполнительным органам, используются в порядке, определяемом Бюджетным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z25" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Постоянным комиссиям Казталовского районного маслихата поручить ежеквартально заслушивать отчеты администраторов бюджетных программ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z26" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1049,126 +1025,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Казталовского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года № 26 – 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кайындинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31-7</w:t>
+        <w:t>№ 35-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1234,77 +1208,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1320,110 +1353,132 @@
               <w:t xml:space="preserve">
 Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1439,143 +1494,93 @@
               <w:t xml:space="preserve">
 Подкласс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1590,143 +1595,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -1966,51 +1914,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 173</w:t>
+40 412</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2175,51 +2123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 505</w:t>
+4 744</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2384,51 +2332,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 500</w:t>
+1 739</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2593,51 +2541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 500</w:t>
+1 739</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2802,51 +2750,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 655</w:t>
+2 655</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3429,51 +3377,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+2 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5482,52 +5430,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Поступления трансфертов </w:t>
+              <w:t>
+Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6028,77 +5976,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6114,110 +6121,132 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6233,143 +6262,93 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6384,143 +6363,86 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -6760,51 +6682,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 219</w:t>
+44 458</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6969,51 +6891,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 762</w:t>
+38 103</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7178,51 +7100,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 762</w:t>
+38 103</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7387,51 +7309,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 762</w:t>
+38 103</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7596,51 +7518,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 762</w:t>
+38 103</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7805,51 +7727,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 121</w:t>
+6 019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8014,51 +7936,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 121</w:t>
+6 019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8223,51 +8145,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 121</w:t>
+6 019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8432,51 +8354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-865</w:t>
+3 505</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8850,51 +8772,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 256</w:t>
+2 514</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10187,77 +10109,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10273,110 +10254,132 @@
               <w:t xml:space="preserve">
 Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10392,143 +10395,93 @@
               <w:t xml:space="preserve">
 Подкласс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10543,143 +10496,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11014,77 +10910,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11100,110 +11055,132 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11219,143 +11196,93 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11370,143 +11297,86 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12042,77 +11912,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12128,110 +12057,132 @@
               <w:t xml:space="preserve">
 Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12247,143 +12198,93 @@
               <w:t xml:space="preserve">
 Подкласс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12398,143 +12299,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13488,77 +13332,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13574,110 +13477,132 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13693,143 +13618,93 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13844,143 +13719,86 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14315,77 +14133,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14401,110 +14278,132 @@
               <w:t xml:space="preserve">
 Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14520,143 +14419,93 @@
               <w:t xml:space="preserve">
 Подкласс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14671,143 +14520,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15806,88 +15598,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года № 26 – 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кайындинского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z33" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -30525,88 +30317,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года № 26 – 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кайындинского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z36" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -45192,55 +44984,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>