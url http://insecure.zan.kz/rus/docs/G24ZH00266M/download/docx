--- v0 (2025-10-15)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="04e1dd3" w14:textId="04e1dd3">
+    <w:p w14:paraId="a77fc5e" w14:textId="a77fc5e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -262,51 +262,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 54 980 тысяч тенге:</w:t>
+      1) доходы – 69 980 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 5 070 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
@@ -342,71 +342,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 49 810 тысяч тенге;</w:t>
+      поступления трансфертов – 64 810 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 56 146 тысяч тенге; </w:t>
+      2) затраты – 71 146 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
@@ -607,61 +607,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-6</w:t>
+        <w:t>№ 31-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -997,230 +997,126 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...129 lines deleted...]
-              <w:t xml:space="preserve"> маслихата от 25 декабря 2024 года № 26 – 6</w:t>
+              <w:t>Приложение 1 к решению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казталовского районного маслихата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 25 декабря 2024 года № 26 – 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Караобинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-6</w:t>
+        <w:t>№ 31-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2014,87 +1910,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Доходы</w:t>
-[...35 lines deleted...]
-54 980</w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69 980</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5185,51 +5081,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 810</w:t>
+64 810</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5394,51 +5290,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 810</w:t>
+64 810</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5603,51 +5499,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 810</w:t>
+64 810</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6390,87 +6286,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Затраты</w:t>
-[...35 lines deleted...]
-56 146</w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71 146</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6635,51 +6531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52 040</w:t>
+67 040</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6844,51 +6740,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52 040</w:t>
+67 040</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7053,51 +6949,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52 040</w:t>
+67 040</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7471,51 +7367,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 590</w:t>
+23 590</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10566,51 +10462,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Чистое бюджетное кредитование</w:t>
+3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12421,51 +12317,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Сальдо по операциям с финансовыми активами</w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13658,51 +13554,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Дефицит (профицит) бюджета</w:t>
+5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13863,51 +13759,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Финансирование дефицита (использование профицита) бюджета</w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -46739,55 +46635,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -47113,31 +47009,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>