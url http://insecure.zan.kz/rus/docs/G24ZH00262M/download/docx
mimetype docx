--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4c3fac7" w14:textId="4c3fac7">
+    <w:p w14:paraId="ff07577" w14:textId="ff07577">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -262,51 +262,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 50 100 тысяч тенге:</w:t>
+      1) доходы – 49 860 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 6 382 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
@@ -342,71 +342,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 43 718 тысяч тенге;</w:t>
+      поступления трансфертов – 43 478 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 51 901 тысяча тенге; </w:t>
+      2) затраты – 51 661 тысяча тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
@@ -607,61 +607,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-2</w:t>
+        <w:t>№ 31-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1017,126 +1017,126 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение 1 к решению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к решению Казталовского районного</w:t>
+              <w:t>Казталовского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> маслихата от 25 декабря 2024 года № 26 - 2</w:t>
+              <w:t>от 25 декабря 2024 года № 26 - 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Брикского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-2</w:t>
+        <w:t>№ 31-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1930,87 +1930,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Доходы</w:t>
-[...35 lines deleted...]
-50 100</w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 860</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2802,51 +2802,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 182</w:t>
+3 142</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3220,51 +3220,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-742</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3461,228 +3461,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3711,187 +3711,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...135 lines deleted...]
-0</w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Внутренние налоги на товары, работы и услуги </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3952,328 +3952,328 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...103 lines deleted...]
-0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использования природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Прочие неналоговые поступления</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4329,160 +4329,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Прочие неналоговые поступления</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4506,192 +4506,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Поступления от продажи основного капитала</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4715,228 +4715,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-43 718</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4956,291 +4956,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-43 718</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...62 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -5265,264 +5201,580 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-43 718</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сумма</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 478</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5551,415 +5803,338 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 478</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -6003,392 +6178,248 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Программа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6406,198 +6437,171 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6647,582 +6651,578 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-41 397</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 661</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-41 397</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 093</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-40</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 093</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7242,196 +7242,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-40</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 093</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7483,337 +7483,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-40</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 093</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Организация в экстренных случаях доставки тяжелобольных людей до ближайшей организации здравоохранения, оказывающей врачебную помощь</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Здравоохранение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7837,228 +7837,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-9 663</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие услуги в области здравоохранения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8078,196 +8078,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-3 424</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8319,373 +8319,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-3 424</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация в экстренных случаях доставки тяжелобольных людей до ближайшей организации здравоохранения, оказывающей врачебную помощь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-3 424</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно - коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 727</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8714,187 +8714,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-6 239</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 424</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9059,51 +9059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 239</w:t>
+3 424</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9196,123 +9196,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-2 537</w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 424</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9332,196 +9332,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1 500</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9573,373 +9573,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2 202</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-800</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 297</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9959,196 +9959,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-800</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10200,337 +10200,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-800</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 506</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Обеспечение функционирования автомобильных дорог в городах районного значения, поселках, селах, сельских округах</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10554,228 +10554,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...141 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10795,196 +10795,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11036,337 +11036,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, поселках, селах, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11422,192 +11422,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11659,328 +11663,580 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Районный отдел экономики и финансов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сумма</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12009,1242 +12265,1161 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Подкласс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Функциональная подгруппа</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -13288,183 +13463,97 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13525,317 +13614,484 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Программа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13864,639 +14120,468 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Подкласс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -14557,151 +14642,97 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -14824,51 +14855,647 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Финансирование дефицита (использование профицита) бюджета</w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 1 801</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -48954,55 +49581,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -49328,31 +49955,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>