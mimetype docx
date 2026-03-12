--- v0 (2025-10-04)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5b0f970" w14:textId="5b0f970">
+    <w:p w14:paraId="1fba9a5" w14:textId="1fba9a5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -156,67 +156,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 4 декабря 2008 года, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан" Жанибекский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет Узункульского сельского округа Жанибекского района на 2025-2027 годы согласно </w:t>
+      1. Утвердить бюджет Узункульского сельского округа Жанибекского района на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -232,457 +249,422 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t xml:space="preserve"> соответственно в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) доходы – 34 750 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 4 878 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 134 тенге;</w:t>
+      неналоговые поступления – 134 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 29 738 тысяч тенге;</w:t>
+      поступления трансфертов – 29 738 тысяча тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) затраты – 39 210 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      бюджетные кредиты – 0 тенге; </w:t>
+        <w:t>
+      бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -4 460 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – 4 460 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета –  4 460 тысяч тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 4 460 тысячи тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 4 460 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 4 460 тысячи тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Жанибекского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Жанибекского районного маслихата Западно-Казахстанской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32-9</w:t>
+        <w:t>№ 41-10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Поступления в бюджет Узункульского сельского округа Жанибекского района на 2025 год формируются в соответствии с Бюджетным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -697,131 +679,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жанибекского районного маслихата от 23 декабря 2024 года №29-2 "О районном бюджете на 2025 – 2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z23" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть в бюджете Узункульского сельского округа Жанибекского района на 2025 год поступления субвенции передаваемых из районного бюджета в сумме 30 232 тысячи тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z24" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Деньги от реализации товаров и услуг, предоставляемых государственными учреждениями, подведомственных местным исполнительным органом, используются ими в порядке, определяемом Бюджетным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z25" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1038,106 +1020,16089 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 декабря 2024 года № 30-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Узункульского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Жанибекского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Жанибекского районного маслихата Западно-Казахстанской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32-9</w:t>
+        <w:t>№ 41-10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тысяч тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 878</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+630</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+630</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 748</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 738</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 738</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного бюджета) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 738</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 116</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,  тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов внутри страны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-4 460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,  тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-4 460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к решению Жанибекского районного </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маслихата от 26 декабря 2024 года №30-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z31" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет Узункульского сельского округа на 2026 год </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1841,232 +17806,244 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...180 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2191,87 +18168,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Доходы</w:t>
-[...35 lines deleted...]
-34 750</w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5362,51 +21339,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 738</w:t>
+30 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5571,51 +21548,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 738</w:t>
+30 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5780,51 +21757,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 738</w:t>
+30 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6426,232 +22403,244 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...180 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6776,87 +22765,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Затраты</w:t>
-[...35 lines deleted...]
-39 210</w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7021,51 +23010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 775</w:t>
+34 663</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7230,51 +23219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 775</w:t>
+34 663</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7439,51 +23428,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 775</w:t>
+34 663</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7648,51 +23637,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 775</w:t>
+34 663</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7857,51 +23846,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 435</w:t>
+475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8066,51 +24055,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 435</w:t>
+475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8275,51 +24264,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 435</w:t>
+475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8484,51 +24473,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 175</w:t>
+475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8612,132 +24601,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1 000</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8821,132 +24806,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1 260</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9071,784 +25052,734 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Чистое бюджетное кредитование</w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Класс</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -9866,976 +25797,778 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...180 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -10864,468 +26597,639 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11386,476 +27290,317 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...62 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...182 lines deleted...]
-          </w:p>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11884,619 +27629,860 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Класс</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...120 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12514,551 +28500,574 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...119 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...180 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов внутри страны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Поступления от продажи финансовых активов государства</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13114,160 +29123,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Поступления от продажи финансовых активов государства</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13291,192 +29296,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Поступления от продажи финансовых активов внутри страны</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13532,192 +29537,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
--4 460</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13769,1161 +29778,1119 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-4 460</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Функциональная подгруппа</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -14941,558 +30908,364 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Погашение займов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -15510,634 +31283,890 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...120 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -16155,842 +32184,223 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...137 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...625 lines deleted...]
-            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -17128,51 +32538,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 460</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17211,15712 +32621,100 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к решению Жанибекского районного </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата от 26 декабря 2024 года №30-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
-[...15611 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Узункульского сельского округа на 2027 год </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -48428,55 +48226,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -48802,31 +48600,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>