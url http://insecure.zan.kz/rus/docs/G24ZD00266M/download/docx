--- v0 (2025-11-11)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="403275c" w14:textId="403275c">
+    <w:p w14:paraId="38f48af" w14:textId="38f48af">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,51 +132,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бокейординский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет Темир Масинского сельского округа на 2025-2027 годы согласно </w:t>
+      1. Утвердить бюджет Темир Масинского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -196,449 +196,419 @@
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы –61 811 тысяч тенге:</w:t>
+      1) доходы –105 911 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 8 208 тысяч тенге;</w:t>
+      налоговые поступления – 17 308 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала - 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты –69 536 тысяч тенге;</w:t>
+      поступления трансфертов – 88 603 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      2) затраты – 113 636 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами - 0 тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами - 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов - 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета - - 7 725 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета - - 7 725 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета -   7 725 тысяч тенге;</w:t>
+      6) финансирование дефицита (использование профицита) бюджета - 7 725 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 7 725 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 7 725 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бокейординского районного маслихата Западно-Казахстанской области от 17.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бокейординского районного маслихата Западно-Казахстанской области от 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31-5</w:t>
+        <w:t>№ 33-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Поступления в бюджет сельского округа на 2025 год формируются в соответствии с Бюджетным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -653,111 +623,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бокейордиского районного маслихата от 20 декабря 2024 года №25-4 "О районном бюджете на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z23" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Деньги от реализации товаров и услуг, предоставляемых государственными учреждениями, подведомственных местным исполнительным органом, используются ими в порядке, определяемом Бюджетным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z24" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -961,126 +931,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бокейординского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 декабря 2024 года № 26-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Темир Масинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Бокейординского районного маслихата Западно-Казахстанской области от 17.09.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Бокейординского районного маслихата Западно-Казахстанской области от 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31-5</w:t>
+        <w:t>№ 33-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тысяч тенге)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -2103,51 +2073,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61 811</w:t>
+105 911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2313,51 +2283,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 208</w:t>
+17 308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2486,52 +2456,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Подоходный налог </w:t>
+              <w:t>
+Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2696,52 +2666,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Индивидуальный подоходный налог </w:t>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3363,51 +3333,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 870</w:t>
+10 970</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4413,51 +4383,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 603</w:t>
+88 603</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4623,51 +4593,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 603</w:t>
+88 603</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4833,51 +4803,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 603</w:t>
+88 603</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5880,51 +5850,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69 536</w:t>
+113 636</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6090,51 +6060,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 566</w:t>
+36 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6300,51 +6270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 566</w:t>
+36 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6510,51 +6480,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 566</w:t>
+36 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6720,51 +6690,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 566</w:t>
+36 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6930,51 +6900,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7140,51 +7110,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7350,51 +7320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7560,51 +7530,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7770,51 +7740,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 400</w:t>
+32 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7980,51 +7950,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 400</w:t>
+32 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8190,51 +8160,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 400</w:t>
+32 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8400,51 +8370,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 217</w:t>
+1 141</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8610,51 +8580,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 262</w:t>
+14 258</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8820,51 +8790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 921</w:t>
+16 816</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9030,51 +9000,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 519</w:t>
+1 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9240,51 +9210,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 519</w:t>
+1 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9450,51 +9420,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 519</w:t>
+1 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9660,51 +9630,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 519</w:t>
+1 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9724,57 +9694,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9830,87 +9804,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Чистое бюджетное кредитование</w:t>
+Капитальные расходы государственного расхода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+44 090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10036,87 +10010,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+За счет средств местного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+9 090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10168,57 +10142,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10242,87 +10220,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Сальдо по операциям с финансовыми активами</w:t>
+Приобретение основных средств, нематериальных и биологических активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+9 090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10406,129 +10384,133 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+Приобретение транспортных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+9 090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10653,88 +10635,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-5) Дефицит (профицит) бюджета </w:t>
+              <w:t>
+За счет трансфертов из районного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- 7 725</w:t>
+35 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10860,255 +10842,501 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Финансирование дефицита бюджета (использование профицита)</w:t>
+Приобретение помещений, зданий, сооружений, передаточных устроиств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 725</w:t>
+35 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-Категория</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Сумма</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11137,97 +11365,184 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11288,97 +11603,152 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11471,1002 +11841,747 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 7 725</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...172 lines deleted...]
-Поступления займов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Финансирование дефицита бюджета (использование профицита)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+7 725</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...193 lines deleted...]
-Внутренние государственные займы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
-            <w:tcBorders>
-[...28 lines deleted...]
-0</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Класс</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -12510,248 +12625,433 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Подкласс</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...120 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12769,188 +13069,1106 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...136 lines deleted...]
-Наименование </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -13770,88 +14988,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 декабря 2024 года №26-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Темир Масинского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z31" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тысяч тенге)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -26541,88 +27759,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 декабря 2024 года №26-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Темир Масинского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z34" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тысяч тенге)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -39260,55 +40478,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>