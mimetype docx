--- v0 (2025-11-10)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c9d871c" w14:textId="c9d871c">
+    <w:p w14:paraId="30eaff7" w14:textId="30eaff7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,51 +132,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бокейординский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет Муратсайского сельского округа на 2025-2027 годы согласно </w:t>
+      1. Утвердить бюджет Муратсайского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -196,453 +196,419 @@
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 39 239 тысяч тенге:</w:t>
+      1) доходы – 39 997 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 1 789 тысяч тенге;</w:t>
+      налоговые поступления – 2 547 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      неналоговые поступления – 93 тысяч тенге; </w:t>
+        <w:t>
+      неналоговые поступления – 93 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала - 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 40 597 тысяч тенге;</w:t>
+      поступления трансфертов – 37 357 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      2) затраты – 41 355 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами - 0 тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами - 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов - 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета - -1 358 тыс. тенге;</w:t>
+      5) дефицит (профицит) бюджета - -1 358 тыс. тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита(использование профицита) бюджета -   1 358 тыс. тенге;</w:t>
+      6) финансирование дефицита(использование профицита) бюджета - 1 358 тыс. тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 1 358 тыс. тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бокейординского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бокейординского районного маслихата Западно-Казахстанской области от 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-5</w:t>
+        <w:t>№ 33-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Поступления в бюджет сельского округа на 2025 год формируются в соответствии с Бюджетным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -657,111 +623,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бокейордиского районного маслихата от 20 декабря 2024 года №25-4 "О районном бюджете на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z23" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Деньги от реализации товаров и услуг, предоставляемых государственными учреждениями, подведомственных местным исполнительным органом, используются ими в порядке, определяемом Бюджетным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z24" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -965,126 +931,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бокейординского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 декабря 2024 года № 26-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Муратсайского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Бокейординского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Бокейординского районного маслихата Западно-Казахстанской области от 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-5</w:t>
+        <w:t>№ 33-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тысяч тенге)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2067,87 +2033,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Доходы</w:t>
-[...35 lines deleted...]
-39 239</w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 997</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2312,51 +2278,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 789</w:t>
+2 547</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2484,52 +2450,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Подоходный налог </w:t>
+              <w:t>
+Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2693,52 +2659,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Индивидуальный подоходный налог </w:t>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2939,51 +2905,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 526</w:t>
+2 284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3566,51 +3532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-662</w:t>
+1 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5619,87 +5585,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Затраты</w:t>
-[...35 lines deleted...]
-40 597</w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 355</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5864,51 +5830,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 611</w:t>
+38 489</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6073,51 +6039,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 611</w:t>
+38 489</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6282,51 +6248,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 611</w:t>
+38 489</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6491,51 +6457,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 611</w:t>
+38 489</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6700,51 +6666,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6909,51 +6875,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7118,51 +7084,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7327,51 +7293,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7536,51 +7502,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 813</w:t>
+1 861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7609,187 +7575,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-1 813</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7954,51 +7920,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 813</w:t>
+537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8091,123 +8057,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-868</w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8227,196 +8193,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-354</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 324</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8468,373 +8434,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-591</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 324</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1 125</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+842</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8854,196 +8820,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 125</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9095,373 +9061,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 125</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+382</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-1 125</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9481,192 +9447,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9718,328 +9688,580 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сумма</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -10068,639 +10290,468 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -10718,198 +10769,140 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -10959,332 +10952,557 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...114 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сумма</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11313,415 +11531,338 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -11765,183 +11906,97 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12002,317 +12057,484 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12341,639 +12563,468 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12991,198 +13042,140 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13232,369 +13225,346 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...114 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
--1 358 </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13614,156 +13584,779 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-6) Финансирование дефицита (использование профицита) бюджета</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов внутри страны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+-1 358 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16782,88 +17375,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 декабря 2024 года №26-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Муратсайского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z31" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тысяч тенге)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -32561,88 +33154,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 декабря 2024 года №26-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Муратсайского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z34" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тысяч тенге)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>