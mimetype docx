--- v0 (2025-12-28)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8f287f0" w14:textId="8f287f0">
+    <w:p w14:paraId="f4532e8" w14:textId="f4532e8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,76 +123,97 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -207,107 +228,122 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан, с подпунктом 1) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", маслихат района Марқакөл РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Утвердить бюджет Маркакольского сельского округа района Марқакөл на 2025-2027 годы согласно</w:t>
+        <w:t xml:space="preserve">
+      1. Утвердить бюджет Маркакольского сельского округа района Марқакөл на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 420 314,8 тысяч тенге, в том числе:</w:t>
+      1) доходы – 443 103,8 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 15 000,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -317,69 +353,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 405 314,8 тысяч тенге;</w:t>
+      поступления трансфертов – 428 103,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 440 694,9 тысяч тенге;</w:t>
+      2) затраты – 463 483,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -579,131 +615,132 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Марқакөл Восточно-Казахстанской области от 11.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Марқакөл Восточно-Казахстанской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31/2-VIII</w:t>
+        <w:t>№ 34/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -711,51 +748,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель маслихата района Марқакөл </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -763,50 +800,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Калелов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -898,233 +953,227 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№19/2-VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Маркакольского сельского округа районаМарқакөл на 2025 год</w:t>
+        <w:t xml:space="preserve"> Бюджет Маркакольскогосельского округа районаМарқакөл на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Марқакөл Восточно-Казахстанской области от 11.11.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Марқакөл Восточно-Казахстанской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31/2-VIII</w:t>
+        <w:t>№ 34/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1353"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="5163"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1153,86 +1202,79 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1274,90 +1316,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1367,3648 +1402,3376 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
-[...29 lines deleted...]
-420 314,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+443103,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1642" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 850,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 135,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 385,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с физических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9 810,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 120,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 850,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 850,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...113 lines deleted...]
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
-[...29 lines deleted...]
-405 314,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+428 103,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1642" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
-[...29 lines deleted...]
-405 314,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+428 103,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
-[...29 lines deleted...]
-405 314,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+428 103,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целевые текущие трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5163" w:type="dxa"/>
-[...29 lines deleted...]
-405 314,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+428 103,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1055"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3318"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5037,86 +4800,79 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5158,86 +4914,79 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5292,90 +5041,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1434" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5385,9004 +5127,8129 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1434" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 II. ЗАТРАТЫ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
-[...29 lines deleted...]
-440 694,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+463 483,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
-[...29 lines deleted...]
-176 658,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+207158,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
-[...29 lines deleted...]
-176 658,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+207158,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1434" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
-[...29 lines deleted...]
-176 658,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+207158,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1434" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
-[...29 lines deleted...]
-175 708,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+187708,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1434" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
-[...29 lines deleted...]
-950,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 450,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
-[...29 lines deleted...]
-188 170,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+180 459,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
-[...29 lines deleted...]
-188 170,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+180 459,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1434" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
-[...29 lines deleted...]
-188 170,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+180 459,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1434" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
-[...29 lines deleted...]
-62 777,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 066,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1434" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21 150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1434" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 96 843,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1434" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1434" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1434" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1434" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1434" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 085,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 085,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1434" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 085,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1434" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 085,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. САЛЬДО ПО ОПЕРАЦИЯМ С ФИНАНСОВЫМИ АКТИВАМИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. ДЕФИЦИТ (ПРОФИЦИТ) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1055" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1433" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1055" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1433" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1434" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4005" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14525,179 +13392,173 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Маркакольского сельского округа района Марқакөл на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1457"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14726,86 +13587,79 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14847,90 +13701,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14940,3454 +13787,3188 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65303,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13093,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10093,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 460,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 365,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9268,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с физических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9268,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субвенция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18408,179 +16989,173 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1173"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3061"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18596,124 +17171,110 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18729,163 +17290,142 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18901,207 +17441,179 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19111,7630 +17623,6867 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65303,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="756" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="756" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12198,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12198,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12198,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8213,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3385,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="756" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="756" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. САЛЬДО ПО ОПЕРАЦИЯМ С ФИНАНСОВЫМИ АКТИВАМИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. ДЕФИЦИТ (ПРОФИЦИТ) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26877,179 +24626,173 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> района Марқакөл на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1457"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27078,86 +24821,79 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27199,90 +24935,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27292,3454 +25021,3188 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65303,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13093,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10093,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 460,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 365,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9268,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с физических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9268,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1769" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3321" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субвенция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30760,179 +28223,173 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1173"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3061"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30948,124 +28405,110 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31081,163 +28524,142 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31253,207 +28675,179 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31463,7630 +28857,6867 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65303,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="756" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="756" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12198,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12198,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12198,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8213,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3385,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="756" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="756" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. САЛЬДО ПО ОПЕРАЦИЯМ С ФИНАНСОВЫМИ АКТИВАМИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. ДЕФИЦИТ (ПРОФИЦИТ) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>