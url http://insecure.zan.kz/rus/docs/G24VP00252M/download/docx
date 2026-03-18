--- v0 (2025-11-11)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8398b0d" w14:textId="8398b0d">
+    <w:p w14:paraId="0687671" w14:textId="0687671">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -231,52 +248,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан, подпунктом 1) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Тарбагатайский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Акжарского сельского округа Тарбагатайского района на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -311,67 +344,66 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 687 533,2 тысяч тенге, в том числе:</w:t>
+      1) доходы – 693 043,2 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 89 775,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -399,69 +431,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 597 758,2 тысяч тенге;</w:t>
+      поступления трансфертов – 603 268,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 727 590,9 тысяч тенге;</w:t>
+      2) затраты – 733 100,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -643,229 +675,243 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения - Тарбагатайского районного маслихата Восточно-Казахстанской области от 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения - Тарбагатайского районного маслихата Восточно-Казахстанской области от 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32/2-VIII</w:t>
+        <w:t>№ 34/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что в бюджете Акжарского сельского округа Тарбагатайского района на 2025 год установлен объем субвенции, передаваемый из районного бюджета в сумме 44 515,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Учесть, что в бюджете Акжарского сельского округа Тарбагатайского района на 2025 год предусмотрены целевые текущие трансферты из районного бюджета в сумме 485 483,4 тысяч тенге.</w:t>
+      3. Учесть, что в бюджете Акжарского сельского округа Тарбагатайского района на 2025 год предусмотрены целевые текущие трансферты из районного бюджета в сумме 490 993,4 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения - Тарбагатайского районного маслихата Восточно-Казахстанской области от 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения - Тарбагатайского районного маслихата Восточно-Казахстанской области от 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32/2-VIII</w:t>
+        <w:t>№ 34/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1. Используемые остатки бюджетных средств 40 058,4 тысяч тенге распределить согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -884,70 +930,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть, что в бюджете Акжарского сельского округа Тарбагатайского района на 2025 год предусмотрены целевые текущие трансферты из областного бюджета в сумме 67 759,8 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -966,70 +1012,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1114,50 +1160,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>О. Канагатов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1267,61 +1331,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Акжарского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения - Тарбагатайского районного маслихата Восточно-Казахстанской области от 18.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения - Тарбагатайского районного маслихата Восточно-Казахстанской области от 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32/2-VIII</w:t>
+        <w:t>№ 34/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1915,51 +1979,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-687 533,2</w:t>
+693 043,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2092,51 +2156,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89 775,0</w:t>
+89 775,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2269,51 +2333,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 035,0</w:t>
+53 035,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2446,51 +2510,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 035,0</w:t>
+53 035,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2623,51 +2687,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 580,0</w:t>
+36 580,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2800,51 +2864,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 320,0</w:t>
+1 320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3154,51 +3218,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 820,0</w:t>
+33 820,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4216,51 +4280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-597 758,2</w:t>
+603 268,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4393,51 +4457,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-597 758,2</w:t>
+603 268,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4570,51 +4634,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-597 758,2</w:t>
+603 268,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5438,51 +5502,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-727 590,9</w:t>
+733 100,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5647,51 +5711,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-189 055,7</w:t>
+185 190,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5856,51 +5920,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-189 055,7</w:t>
+185 190,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6065,51 +6129,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-189 055,7</w:t>
+185 190,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6274,51 +6338,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-144 745,0</w:t>
+148 135,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6483,51 +6547,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 310,7</w:t>
+37 055,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6692,51 +6756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-191 118,8</w:t>
+196 577,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6901,51 +6965,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 000,0</w:t>
+6 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7110,51 +7174,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 000,0</w:t>
+6 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7319,51 +7383,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 000,0</w:t>
+6 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7528,51 +7592,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-185 118,8</w:t>
+190 577,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7737,51 +7801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-185 118,8</w:t>
+190 577,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7946,51 +8010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 946,5</w:t>
+10 250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8155,51 +8219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 246,5</w:t>
+3 246,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8364,51 +8428,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-172 925,8</w:t>
+177 081,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9409,51 +9473,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-298 993,2</w:t>
+304 679,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9618,51 +9682,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-298 993,2</w:t>
+304 679,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9827,51 +9891,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-298 993,2</w:t>
+304 679,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10036,51 +10100,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-298 993,2</w:t>
+304 679,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10245,51 +10309,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 718,5</w:t>
+14 948,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10454,51 +10518,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 718,5</w:t>
+14 948,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10663,51 +10727,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 718,5</w:t>
+14 948,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10872,51 +10936,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 718,5</w:t>
+14 948,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11081,51 +11145,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 204,7</w:t>
+31 204,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11290,51 +11354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 204,7</w:t>
+31 204,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11499,51 +11563,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 204,7</w:t>
+31 204,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11708,51 +11772,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 204,7</w:t>
+31 204,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13151,51 +13215,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--40 057,7</w:t>
+-40 057,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13356,51 +13420,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 057,7</w:t>
+40 057,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13983,51 +14047,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 057,7</w:t>
+40 057,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14192,51 +14256,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 057,7</w:t>
+40 057,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14401,51 +14465,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 057,7</w:t>
+40 057,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -38875,55 +38939,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>