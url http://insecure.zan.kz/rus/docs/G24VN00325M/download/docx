--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0c80bbe" w14:textId="0c80bbe">
+    <w:p w14:paraId="b539d24" w14:textId="b539d24">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,57 +123,53 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -307,69 +303,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       1) доходы - 74860,0 тысяч тенге, в том числе:</w:t>
+       1) доходы - 75510,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления - 5600,0 тысяч тенге;</w:t>
+      налоговые поступления - 6100,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        неналоговые поступления - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -379,69 +375,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 26705,0 тысяч тенге;</w:t>
+      поступления трансфертов - 26855,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 75268,3 тысяч тенге;</w:t>
+      2) затраты - 75918,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        3) чистое бюджетное кредитование - 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -641,61 +637,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Курчумского районного маслихата Восточно-Казахстанской области от 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Курчумского районного маслихата Восточно-Казахстанской области от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 42/5-VIII</w:t>
+        <w:t>№ 44/5-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -710,63 +706,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -774,51 +769,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Курчумского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -979,209 +974,215 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Калгутинского сельского округа Курчумского района на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Курчумского районного маслихата Восточно-Казахстанской области от 15.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Курчумского районного маслихата Восточно-Казахстанской области от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 42/5-VIII</w:t>
+        <w:t>№ 44/5-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1457"/>
+        <w:gridCol w:w="1769"/>
+        <w:gridCol w:w="1140"/>
+        <w:gridCol w:w="3321"/>
+        <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1210,79 +1211,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1324,83 +1332,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1410,3192 +1425,3451 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-74860,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75510,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5600,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-140,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+190,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-140,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+190,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3850,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с физических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3800,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3950,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-860,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1104,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-250,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+306,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-250,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+306,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-69260,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69410,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-69260,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69410,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-69260,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69410,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Целевые текущие трансферты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-26705,0</w:t>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26855,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субвенции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4616,174 +4890,180 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="3397"/>
+        <w:gridCol w:w="3171"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4812,79 +5092,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4926,79 +5213,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5053,83 +5347,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5139,7088 +5440,7851 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-75268,3</w:t>
+            <w:tcW w:w="3171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75918,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-43776,0</w:t>
+            <w:tcW w:w="3171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44426,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-43776,0</w:t>
+            <w:tcW w:w="3171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44426,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-43776,0</w:t>
+            <w:tcW w:w="3171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44426,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-43276,0</w:t>
+            <w:tcW w:w="3171" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43926,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4615,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3340,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 187,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 187,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 187,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 187,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. САЛЬДО ПО ОПЕРАЦИЯМС ФИНАНСОВЫМИ АКТИВАМИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. ДЕФИЦИТ (ПРОФИЦИТ) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -408,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 408,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 408,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12363,173 +13427,179 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Калгутинского сельского округа Курчумского района на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1457"/>
+        <w:gridCol w:w="1769"/>
+        <w:gridCol w:w="1140"/>
+        <w:gridCol w:w="3321"/>
+        <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12558,79 +13628,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12672,83 +13749,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12758,3369 +13842,3642 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3550,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с физических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 560,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Целевые текущие трансферты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1457" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субвенции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16141,174 +17498,180 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1071"/>
+        <w:gridCol w:w="1071"/>
+        <w:gridCol w:w="1456"/>
+        <w:gridCol w:w="1456"/>
+        <w:gridCol w:w="4451"/>
+        <w:gridCol w:w="2795"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16337,79 +17700,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16451,79 +17821,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16578,83 +17955,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16664,7924 +18048,8771 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населҰнных пунктах в рамках проекта "Ауыл - Ел бесігі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. САЛЬДО ПО ОПЕРАЦИЯМС ФИНАНСОВЫМИ АКТИВАМИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. ДЕФИЦИТ (ПРОФИЦИТ) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4451" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24724,173 +26955,179 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Калгутинского сельского округа Курчумского района на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1385"/>
+        <w:gridCol w:w="1682"/>
+        <w:gridCol w:w="1084"/>
+        <w:gridCol w:w="3158"/>
+        <w:gridCol w:w="4991"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24919,79 +27156,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25033,83 +27277,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25119,3369 +27370,3642 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3550,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с физических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 560,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Целевые текущие трансферты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субвенции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28502,174 +31026,180 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1039"/>
+        <w:gridCol w:w="1039"/>
+        <w:gridCol w:w="1411"/>
+        <w:gridCol w:w="1411"/>
+        <w:gridCol w:w="4317"/>
+        <w:gridCol w:w="3083"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28698,79 +31228,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28812,79 +31349,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28939,83 +31483,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29025,7924 +31576,8771 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населҰнных пунктах в рамках проекта "Ауыл - Ел бесігі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. САЛЬДО ПО ОПЕРАЦИЯМС ФИНАНСОВЫМИ АКТИВАМИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. ДЕФИЦИТ (ПРОФИЦИТ) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1039" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37004,55 +40402,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>