--- v1 (2025-12-28)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="97a15b7" w14:textId="97a15b7">
+    <w:p w14:paraId="f570cdd" w14:textId="f570cdd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,76 +123,97 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -207,52 +228,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан от 4 декабря 2008 года, с подпунктом 1) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан", Курчумский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Абайского сельского округа Курчумского района на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -284,484 +321,484 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
-[...18 lines deleted...]
-      1) доходы - 235855,0 тысяч тенге, в том числе:</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления - 8201,0 тысяч тенге;</w:t>
+      1) доходы - 240519,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       неналоговые поступления - 0,0 тысяч тенге;</w:t>
+      налоговые поступления - 8723,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала - 0,0 тысяч тенге;</w:t>
+      неналоговые поступления - 222,0 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      поступления от продажи основного капитала - 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов - 227654,0 тысяч тенге;</w:t>
+      поступления трансфертов - 231574,0 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) затраты - 242342,3 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 237678,3 тысяч тенге;</w:t>
+      3) чистое бюджетное кредитование - 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       3) чистое бюджетное кредитование - 0,0 тысяч тенге, в том числе:</w:t>
+      бюджетные кредиты - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       бюджетные кредиты - 0,0 тысяч тенге;</w:t>
-[...17 lines deleted...]
-       погашение бюджетных кредитов - 0,0 тысяч тенге;</w:t>
+      погашение бюджетных кредитов - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами - 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       приобретение финансовых активов - 0,0 тысяч тенге;</w:t>
+      приобретение финансовых активов - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       поступления от продажи финансовых активов государства - 0,0 тысяч тенге;</w:t>
+      поступления от продажи финансовых активов государства - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       5) дефицит (профицит) бюджета - - 1823,3 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета - - 1823,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета - 1823,3 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       поступление займов - 0,0 тысяч тенге;</w:t>
+      поступление займов - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       погашение займов - 0,0 тысяч тенге;</w:t>
+      погашение займов - 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       используемые остатки бюджетных средств - 1823,3 тысяч тенге;</w:t>
+      используемые остатки бюджетных средств - 1823,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       остатки бюджетных средств - 1823,3 тысяч тенге.</w:t>
+      остатки бюджетных средств - 1823,3 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Курчумского районного маслихата Восточно-Казахстанской области от 29.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Курчумского районного маслихата Восточно-Казахстанской области от 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 44/2-VIII</w:t>
+        <w:t>№ 46/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -769,51 +806,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Курчумского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -972,179 +1009,173 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Абайского сельского округа Курчумского района на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1359"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4897"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1173,86 +1204,79 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1294,90 +1318,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1387,3842 +1404,3534 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 302481,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5548,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 631,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 631,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3717,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 107,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3533,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с физических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плата за пользование земельными участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 296933,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1064" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 296933,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного ( города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 238143,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1359" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3329" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субвенции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5243,180 +4952,174 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1215"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3605"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5445,86 +5148,79 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5566,86 +5262,79 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5700,90 +5389,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5793,7170 +5475,6449 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 II. ЗАТРАТЫ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 302481,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59290,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59290,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59290,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58790,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156048,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156048,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156048,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88548,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание мест захоронений и погребение безродных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="783" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87143,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87143,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87143,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87143,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. САЛЬДО ПО ОПЕРАЦИЯМ С ФИНАНСОВЫМИ АКТИВАМИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. ДЕФИЦИТ (ПРОФИЦИТ) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3396" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3605" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13099,179 +12060,173 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Абайского сельского округа Курчумского района на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1428"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4524"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13300,86 +12255,79 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13421,90 +12369,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13514,2881 +12455,2657 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48698,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2298,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2298,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 103,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с физических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного ( города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субвенции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16409,180 +15126,174 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1259"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3287"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16611,86 +15322,79 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16732,86 +15436,79 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16866,90 +15563,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16959,6940 +15649,6240 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48698,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1225,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 218,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание мест захоронений и погребение безродных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 355,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. САЛЬДО ПО ОПЕРАЦИЯМ С ФИНАНСОВЫМИ АКТИВАМИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. ДЕФИЦИТ (ПРОФИЦИТ) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24035,179 +22025,173 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Абайского сельского округа Курчумского района на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1428"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4524"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24236,86 +22220,79 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24357,90 +22334,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24450,2881 +22420,2657 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48698,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2298,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоги на собственность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2298,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 103,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства с физических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного ( города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1428" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3497" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субвенции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4524" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27345,180 +25091,174 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1259"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3287"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27547,86 +25287,79 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27668,86 +25401,79 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27802,90 +25528,83 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27895,6940 +25614,6240 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ЗАТРАТЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48698,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1798,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1225,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 218,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание мест захоронений и погребение безродных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 355,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="811" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. САЛЬДО ПО ОПЕРАЦИЯМ С ФИНАНСОВЫМИ АКТИВАМИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. ДЕФИЦИТ (ПРОФИЦИТ) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1259" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3521" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>