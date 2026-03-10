--- v0 (2025-11-04)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c24ea36" w14:textId="c24ea36">
+    <w:p w14:paraId="51ff98e" w14:textId="51ff98e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -251,52 +268,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Катон-Карагайского районного маслихата от 20 декабря 2024 года №23/267-VIII "О бюджете Катон-Карагайского района на 2025-2027 годы" Катон –Карагайский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Белкарагайского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -331,157 +364,156 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1)доходы – 85395,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 87666,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 7350,0 тысяч тенге;</w:t>
+      налоговые поступления – 8172,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0,0тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 1449,0тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 78045,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 88395,0 тысяч тенге;</w:t>
+      2) затраты – 90666,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -508,52 +540,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге, в том числе: </w:t>
+        <w:t>
+      4) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -663,107 +695,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Катон-Карагайского районного маслихата Восточно-Казахстанской области от 12.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Катон-Карагайского районного маслихата Восточно-Казахстанской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 30/335-VIII</w:t>
+        <w:t>№ 32/355-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -848,50 +880,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Болаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1014,61 +1064,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Белкарагайского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Катон-Карагайского районного маслихата Восточно-Казахстанской области от 12.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Катон-Карагайского районного маслихата Восточно-Казахстанской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 30/335-VIII</w:t>
+        <w:t>№ 32/355-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1847,51 +1897,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85395,0</w:t>
+87666,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2024,51 +2074,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7350,0</w:t>
+8172,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2201,51 +2251,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-600,0</w:t>
+1921,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2378,51 +2428,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-600,0</w:t>
+1921,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2555,51 +2605,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6500,0</w:t>
+6139,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2732,51 +2782,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-260,0</w:t>
+289,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2909,51 +2959,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100,0</w:t>
+28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3086,51 +3136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5940,0</w:t>
+4860,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3263,51 +3313,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200,0</w:t>
+962,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3440,51 +3490,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-250,0</w:t>
+112,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3617,51 +3667,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-250,0</w:t>
+112,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4149,50 +4199,581 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1449,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1449,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1449,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5516,51 +6097,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88395,0</w:t>
+90666,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5693,51 +6274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44895,0</w:t>
+48021,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5870,51 +6451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44895,0</w:t>
+48021,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6047,51 +6628,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44495,0</w:t>
+47621,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6401,51 +6982,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25500,0</w:t>
+25195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6578,51 +7159,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25500,0</w:t>
+25195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6755,51 +7336,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23000,0</w:t>
+22695,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7141,373 +7722,373 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-18000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-18000,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17450,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7527,50 +8108,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17450,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7640,51 +8398,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18000,0</w:t>
+17450,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28055,55 +28813,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>