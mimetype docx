--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b99c0af" w14:textId="b99c0af">
+    <w:p w14:paraId="a3c0e3a" w14:textId="a3c0e3a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -211,52 +228,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан, с подпунктом 1) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", маслихат района Алтай РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Парыгинского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -291,157 +324,156 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 81254,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 72798,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 16106,0 тысяч тенге;</w:t>
+      налоговые поступления – 14992,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 342,0 тысяч тенге;</w:t>
+      неналоговые поступления – 182,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 173,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 64806,0 тысяч тенге;</w:t>
+      поступления трансфертов – 57450,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 85777,9 тысяч тенге;</w:t>
+      2) затраты – 77322,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -541,69 +573,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -4523,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1) ненефтяной дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 4523,9 тысяч тенге, в том числе:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 4523,9 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -641,167 +673,305 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 08.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28/14-VIII</w:t>
+        <w:t>№ 36/14-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Предусмотреть в бюджете Парыгинского сельского округа на 2025 год объем субвенций из районного бюджета в сумме 14639,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Предусмотреть в бюджете Парыгинского сельского округа на 2025 год объем трансфертов из районного бюджета в сумме 50150,0 тысяч тенге.</w:t>
+      3. Предусмотреть в бюджете Парыгинского сельского округа на 2025 год объем трансфертов из районного бюджета в сумме 42796,5 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/14-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Предусмотреть в бюджете Парыгинского сельского округа на 2025 год объем трансфертов из республиканского бюджета в сумме 17,0 тысяч тенге.</w:t>
+      4. Предусмотреть в бюджете Парыгинского сельского округа на 2025 год объем трансфертов из республиканского бюджета в сумме 15,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции решений маслихата района Алтай Восточно - Казахстанской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/14-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -886,50 +1056,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Л. Гречушникова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -989,111 +1177,111 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">маслихата района Алтай </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">от 26 декабря 2024 года </w:t>
+              <w:t xml:space="preserve">26 декабря 2024 года </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 24/26-VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Парыгинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Алтай Восточно-Казахстанской области от 08.05.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Алтай Восточно-Казахстанской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28/14-VIII</w:t>
+        <w:t>№ 36/14-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1651,87 +1839,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I. Доходы</w:t>
+I.  Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81254,0</w:t>
+72798,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1864,51 +2052,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16106,0</w:t>
+14992,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2041,51 +2229,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7275,0</w:t>
+5325,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2218,51 +2406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7275,0</w:t>
+5325,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2395,51 +2583,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6572,0</w:t>
+6851,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2572,51 +2760,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-385,0</w:t>
+372,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2749,51 +2937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-151,0</w:t>
+214,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2926,51 +3114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5581,0</w:t>
+6071,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3103,51 +3291,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-455,0</w:t>
+193,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3244,87 +3432,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Внутренние налоги на товары,работы и услуги</w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2259,0</w:t>
+2816,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3457,51 +3645,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2259,0</w:t>
+2816,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3634,51 +3822,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-342,0</w:t>
+182,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3811,51 +3999,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-342,0</w:t>
+182,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3988,51 +4176,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-342,0</w:t>
+182,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4165,125 +4353,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+173,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4306,87 +4494,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
+Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64806,0</w:t>
+173,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4406,202 +4594,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Трансферты из вышестоящих органов государственного управления </w:t>
+              <w:t>
+Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64806,0</w:t>
+173,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4615,50 +4807,400 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57450,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансферты из вышестоящих органов государственного управления </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57450,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -4696,51 +5238,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64806,0</w:t>
+57450,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5602,51 +6144,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85777,9</w:t>
+77322,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5811,51 +6353,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32492,3</w:t>
+34516,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6020,51 +6562,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32492,3</w:t>
+34516,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6229,51 +6771,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32492,3</w:t>
+34516,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6438,469 +6980,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32492,3</w:t>
+33504,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-23224,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1012,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-22600,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12744,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6920,196 +7462,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-22600,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12239,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7161,164 +7703,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-22600,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12239,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7338,196 +7880,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-624,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12239,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7547,196 +8089,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-624,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+504,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7788,164 +8330,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-514,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+504,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8038,505 +8580,505 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-110,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+439,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-30000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Автомобильный транспорт</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8592,160 +9134,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8833,128 +9375,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8978,302 +9520,302 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-61,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9428,160 +9970,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9669,128 +10211,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9910,128 +10452,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10155,52 +10701,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Бюджетные кредиты </w:t>
+              <w:t>
+III.Чистое бюджетное кредитование:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10256,160 +10802,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бюджетные кредиты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10465,156 +11007,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-IV. Сальдо по операциям с финансовыми активами:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10775,51 +11321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+IV. Сальдо по операциям с финансовыми активами:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10875,160 +11421,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Поступления от продажи финансовых активов государства</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11084,192 +11626,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
--4523,9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11394,51 +11940,461 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Финансирование дефицита (использование профицита) бюджета</w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-4523,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VIІ. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36292,55 +37248,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>