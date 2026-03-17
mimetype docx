--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0d5ddc6" w14:textId="0d5ddc6">
+    <w:p w14:paraId="e0e0094" w14:textId="e0e0094">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -339,141 +339,141 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 80479,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 86275,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 28295,0 тысяч тенге;</w:t>
+      налоговые поступления – 26781,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 1513,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 52184,0 тысяч тенге;</w:t>
+      поступления трансфертов – 57980,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 83570,8 тысяч тенге;</w:t>
+      2) затраты – 89367,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -573,69 +573,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -3091,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1) ненефтяной дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 3091,8 тысяч тенге, в том числе:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 3091,8 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -673,167 +673,245 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 08.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28/9-VIII</w:t>
+        <w:t>№ 36/9-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Предусмотреть в бюджете Соловьевского сельского округа на 2025 год объем субвенций из районного бюджета в сумме 16156,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Предусмотреть в бюджете Соловьевского сельского округа на 2025 год объем трансфертов из районного бюджета в сумме 36000,0 тысяч тенге.</w:t>
+      3. Предусмотреть в бюджете Соловьевского сельского округа на 2025 год объем трансфертов из районного бюджета в сумме 41796,5 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/9-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Предусмотреть в бюджете Соловьевского сельского округа на 2025 год объем трансфертов из республиканского бюджета в сумме 28,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z10" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1089,61 +1167,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Соловьевского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Алтай Восточно-Казахстанской области от 08.05.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Алтай Восточно-Казахстанской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28/9-VIII</w:t>
+        <w:t>№ 36/9-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1701,87 +1779,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I. Доходы</w:t>
+I.  Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80479,0</w:t>
+86275,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1914,51 +1992,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28295,0</w:t>
+26781,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2091,51 +2169,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5030,0</w:t>
+3353,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2268,51 +2346,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5030,0</w:t>
+3353,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2409,87 +2487,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоги на собственность</w:t>
+Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18520,0</w:t>
+16462,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2622,51 +2700,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-278,0</w:t>
+274,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2799,51 +2877,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4725,0</w:t>
+4467,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2940,51 +3018,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налог на транспортные средства</w:t>
+Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3153,51 +3231,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4287,0</w:t>
+2490,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3330,51 +3408,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4745,0</w:t>
+6966,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3507,51 +3585,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4680,0</w:t>
+6852,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3684,51 +3762,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65,0</w:t>
+113,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4038,125 +4116,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+1513,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4179,87 +4257,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
+Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52184,0</w:t>
+1513,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4279,202 +4357,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Трансферты из вышестоящих органов государственного управления </w:t>
+              <w:t>
+Продажа земли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52184,0</w:t>
+1513,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4488,50 +4570,400 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57980,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансферты из вышестоящих органов государственного управления </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57980,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -4569,51 +5001,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52184,0</w:t>
+57980,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5475,51 +5907,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83570,8</w:t>
+89367,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5684,51 +6116,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38776,2</w:t>
+43967,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5893,51 +6325,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38776,2</w:t>
+43967,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6102,51 +6534,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38776,2</w:t>
+43967,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6311,469 +6743,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38776,2</w:t>
+42732,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-24789,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1235,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-3508,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21911,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6793,196 +7225,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3508,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3434,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7034,164 +7466,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3508,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3434,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7211,196 +7643,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-21281,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3434,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7420,196 +7852,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-21281,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18477,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7661,164 +8093,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-19180,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18477,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7911,123 +8343,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-1051,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14406,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8120,541 +8552,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-1050,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3051,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-20004,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1020,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-20004,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23488,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8674,196 +9106,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-20004,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23488,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8915,447 +9347,447 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-20004,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23488,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23488,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9510,160 +9942,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9751,128 +10183,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения,села,поселка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9992,128 +10424,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10238,51 +10674,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Бюджетные кредиты </w:t>
+III. Чистое бюджетное кредитование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10338,160 +10774,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бюджетные кредиты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10547,156 +10979,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-IV. Сальдо по операциям с финансовыми активами:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10857,51 +11293,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10957,160 +11393,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Поступления от продажи финансовых активов государства</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11166,192 +11598,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
--3091,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11476,87 +11912,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-3091,8</w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-3091,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11576,160 +12012,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Поступление займов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11753,228 +12185,224 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VIІ. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3091,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12003,151 +12431,151 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...99 lines deleted...]
-Погашение займов</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12171,192 +12599,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12412,160 +12840,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Погашение долга аппарата акима города районного значения, села, поселка, сельского округа перед вышестоящим бюджетом</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12621,196 +13049,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-3091,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12862,164 +13290,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-3091,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение долга аппарата акима города районного значения, села, поселка, сельского округа перед вышестоящим бюджетом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13039,50 +13467,468 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3091,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3091,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13148,51 +13994,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Свободные остатки бюджетных средств</w:t>
+Свободные бюджетные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36020,55 +36866,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -36394,31 +37240,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>