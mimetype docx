--- v0 (2025-11-03)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d0d3f7b" w14:textId="d0d3f7b">
+    <w:p w14:paraId="f05d254" w14:textId="f05d254">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -211,52 +228,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан, с подпунктом 1) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", маслихат района Алтай РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Малеевского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -291,85 +324,84 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 110995,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 126001,6 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 24127,0 тысяч тенге;</w:t>
+      налоговые поступления – 24352,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -379,69 +411,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 86868,0 тысяч тенге;</w:t>
+      поступления трансфертов – 101649,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 112764,7 тысяч тенге;</w:t>
+      2) затраты – 127083,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -523,87 +555,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -1769,7 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -1082,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1) ненефтяной дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 1769,7 тысяч тенге, в том числе:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 1082,2 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -613,195 +645,257 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 1769,7 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 1082,2 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 08.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28/8-VIII</w:t>
+        <w:t>№ 36/8-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Предусмотреть в бюджете Малеевского сельского округа на 2025 год объем субвенций из районного бюджета в сумме 19349,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Предусмотреть в бюджете Малеевского сельского округа на 2025 год объем трансфертов из районного бюджета в сумме 67500,0 тысяч тенге.</w:t>
+      3. Предусмотреть в бюджете Малеевского сельского округа на 2025 год объем трансфертов из районного бюджета в размере 82281,6 тыс. тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/8-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Предусмотреть в бюджете Малеевского сельского округа на 2025 год объем трансфертов из республиканского бюджета в сумме 19,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1039,61 +1133,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Малеевского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Алтай Восточно-Казахстанской области от 08.05.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Алтай Восточно-Казахстанской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28/8-VIII</w:t>
+        <w:t>№ 36/8-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1687,51 +1781,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110995,0</w:t>
+126001,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1864,51 +1958,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24127,0</w:t>
+24352,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2395,51 +2489,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12139,0</w:t>
+9769,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2572,51 +2666,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-636,0</w:t>
+504,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2749,51 +2843,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-739,0</w:t>
+542,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2926,51 +3020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9427,0</w:t>
+7423,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3103,51 +3197,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1337,0</w:t>
+1299,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3280,51 +3374,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9240,0</w:t>
+11834,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3457,51 +3551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9240,0</w:t>
+11834,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3988,51 +4082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86868,0</w:t>
+101649,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4165,51 +4259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86868,0</w:t>
+101649,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4342,51 +4436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86868,0</w:t>
+101649,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5248,51 +5342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-112764,7</w:t>
+127083,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5457,51 +5551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44967,2</w:t>
+42960,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5666,51 +5760,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44967,2</w:t>
+42960,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5875,51 +5969,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44967,2</w:t>
+42960,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6084,51 +6178,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44967,2</w:t>
+42960,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6293,51 +6387,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25297,5</w:t>
+43196,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6502,51 +6596,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2500,0</w:t>
+2305,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6711,51 +6805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2500,0</w:t>
+2305,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6920,51 +7014,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2500,0</w:t>
+2305,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7129,51 +7223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22797,5</w:t>
+40891,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7338,51 +7432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22797,5</w:t>
+40891,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7547,51 +7641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21800,0</w:t>
+40623,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7756,469 +7850,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-310,0</w:t>
+267,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-687,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40926,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-42500,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40926,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8238,196 +8332,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-42500,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40926,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8479,164 +8573,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-42500,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40926,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8720,132 +8814,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-42500,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III.Чистое бюджетное кредитование:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8969,52 +9059,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-III.Чистое бюджетное кредитование:</w:t>
+              <w:t xml:space="preserve">
+Бюджетные кредиты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9070,156 +9160,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Бюджетные кредиты </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9275,160 +9369,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9589,51 +9679,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Сальдо по операциям с финансовыми активами:</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9689,156 +9779,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Приобретение финансовых активов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9894,196 +9988,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1082,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10208,87 +10298,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
--1769,7</w:t>
+VI. Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10413,87 +10503,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-1769,7</w:t>
+VIІ. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1082,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11703,51 +11793,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1769,7</w:t>
+1082,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11912,51 +12002,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1769,7</w:t>
+1082,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12121,51 +12211,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1769,7</w:t>
+1082,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -34603,55 +34693,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>