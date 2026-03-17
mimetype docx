--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c323188" w14:textId="c323188">
+    <w:p w14:paraId="e71e001" w14:textId="e71e001">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -339,141 +339,141 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 283865,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 245578,4 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 82589,0 тысяч тенге;</w:t>
+      налоговые поступления – 89501,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 627,0 тысяч тенге;</w:t>
+      неналоговые поступления – 442,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 200649,0 тысяч тенге;</w:t>
+      поступления трансфертов – 155634,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 295023,5 тысяч тенге;</w:t>
+      2) затраты – 256736,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -573,69 +573,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -11158,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1) ненефтяной дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 11158,5 тысяч тенге, в том числе:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 11158,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -673,61 +673,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 08.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28/3-VIII</w:t>
+        <w:t>№ 38/3-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -763,89 +763,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Предусмотреть в бюджете города Серебрянска на 2025 год объем трансфертов из районного бюджета в сумме 149320,0 тысяч тенге.</w:t>
+      3. Предусмотреть в бюджете города Серебрянска на 2025 год объем трансфертов из районного бюджета в сумме 104305,4 тысяч тенге</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 08.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции решения маслихата района Алтай Восточно - Казахстанской области от 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28/3-VIII</w:t>
+        <w:t>№ 38/3-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1130,98 +1130,98 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 26 декабря 2024 года </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 24/15- VIII</w:t>
+              <w:t>№ 24/15-VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет города Серебрянска на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Алтай Восточно-Казахстанской области от 08.05.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Алтай Восточно-Казахстанской области от 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28/3-VIII</w:t>
+        <w:t>№ 38/3-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1815,51 +1815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-283865,0</w:t>
+245578,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1992,51 +1992,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82589,0</w:t>
+89501,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2169,51 +2169,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42000,0</w:t>
+49298,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2346,51 +2346,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42000,0</w:t>
+49298,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2523,51 +2523,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36050,0</w:t>
+36040,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2700,51 +2700,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-808,0</w:t>
+798,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3231,51 +3231,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4539,0</w:t>
+4162,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3408,51 +3408,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4539,0</w:t>
+4162,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3585,51 +3585,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-627,0</w:t>
+442,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3762,51 +3762,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-627,0</w:t>
+442,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3939,51 +3939,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-627,0</w:t>
+442,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4293,51 +4293,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200649,0</w:t>
+155634,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4470,51 +4470,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200649,0</w:t>
+155634,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4647,51 +4647,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200649,0</w:t>
+155634,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5553,51 +5553,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-295023,5</w:t>
+256736,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5762,51 +5762,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94900,8</w:t>
+93518,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5971,51 +5971,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94900,8</w:t>
+93518,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6180,51 +6180,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94900,8</w:t>
+93518,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6389,469 +6389,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89900,8</w:t>
+93518,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-5000,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79909,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-85802,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79909,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6871,196 +6871,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-85802,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79909,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7112,164 +7112,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-85802,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23591,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7362,123 +7362,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-20091,3</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7571,123 +7571,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-10000,0</w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание мест захоронений и погребение безродных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5631,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7780,541 +7780,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-010</w:t>
-[...71 lines deleted...]
-5711,2</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40686,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-50000,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83308,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-114320,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83308,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8334,196 +8334,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-114320,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83308,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8575,373 +8575,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-114320,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83308,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-54320,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8961,369 +8961,369 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-60000,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Трансферты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9379,160 +9379,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Трансферты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9620,164 +9620,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III.Чистое бюджетное кредитование:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9861,132 +9857,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бюджетные кредиты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10006,156 +9998,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-III.Чистое бюджетное кредитование:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10315,52 +10311,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Бюджетные кредиты </w:t>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10416,160 +10412,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10625,156 +10617,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-IV. Сальдо по операциям с финансовыми активами:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10935,87 +10931,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-11158,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11035,160 +11031,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Поступления от продажи финансовых активов государства</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11349,256 +11341,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Дефицит (профицит) бюджета</w:t>
-[...204 lines deleted...]
-VI. Финансирование дефицита (использование профицита) бюджета</w:t>
+VII. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35680,55 +35467,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -36054,31 +35841,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>