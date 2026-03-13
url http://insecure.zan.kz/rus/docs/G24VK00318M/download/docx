--- v0 (2025-11-04)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="07330bb" w14:textId="07330bb">
+    <w:p w14:paraId="28e88a1" w14:textId="28e88a1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -251,255 +268,270 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Зайсанского районного маслихата от 25 декабря 2024 года №30/2-VIII "О бюджете Зайсанского района на 2025-2027 годы" Зайсанский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Сарытерекского сельского округа Зайсанского района на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы -192 354,0 тысяч тенге, в том числе:</w:t>
+      1) доходы -193 784,7 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления - 15 408,0 тысяч тенге;</w:t>
+      налоговые поступления –15 093,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 230,0 тысяч тенге;</w:t>
+      неналоговые поступления – 355,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 488,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов –176 716,0 тысяч тенге;</w:t>
+      поступления трансфертов –177 846,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты - 193 988,9 тысяч тенге;</w:t>
+      2) затраты - 195 419,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
+      3)чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -627,147 +659,163 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения - Зайсанского районного маслихата Восточно-Казахстанской области от 17.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения - Зайсанского районного маслихата Восточно-Казахстанской области от 01.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 40/8-VIII</w:t>
+        <w:t>№ 44/8-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что в бюджете Сарытерекского сельского округа на 2025 год установлен объем субвенции, передаваемый из районного бюджета в сумме 41 360,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z12" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-1.Используемые остатки бюджетных средств 1634,9 тысяч тенге распределить согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -786,70 +834,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1050,98 +1098,98 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№31/8-VIII </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 27 декабря 2024 года</w:t>
+              <w:t>от 27 декабря 2024года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Сарытерекского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения - Зайсанского районного маслихата Восточно-Казахстанской области от 17.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения - Зайсанского районного маслихата Восточно-Казахстанской области от 01.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 40/8-VIII</w:t>
+        <w:t>№ 44/8-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1680,51 +1728,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-192 354,0</w:t>
+193 784,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1857,51 +1905,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 408,0</w:t>
+15 093,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2034,51 +2082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2900,0</w:t>
+2 491,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2211,51 +2259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2900,0</w:t>
+2 491,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2388,51 +2436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 908,0</w:t>
+10 879,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2565,51 +2613,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-350,0</w:t>
+249,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2742,51 +2790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-180,0</w:t>
+170,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2919,51 +2967,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 778,0</w:t>
+8 250,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3096,51 +3144,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 600,0</w:t>
+2 210,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3273,51 +3321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1600,0</w:t>
+1 723,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3450,51 +3498,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1600,0</w:t>
+1 723,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3627,51 +3675,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-230,0</w:t>
+355,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3804,51 +3852,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-230,0</w:t>
+80,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3981,125 +4029,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-230,0</w:t>
+80,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4122,87 +4170,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
+Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-176 716,0</w:t>
+275,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4222,202 +4270,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-176 716,0</w:t>
+275,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4431,50 +4483,931 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+488,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажи земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+488,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+488,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177 846,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177 846,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -4512,51 +5445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-176 716,0</w:t>
+177 846,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5269,51 +6202,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-193 988,9</w:t>
+195 419,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5478,51 +6411,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 027,0</w:t>
+49 565,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5687,51 +6620,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 027,0</w:t>
+49 565,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5896,51 +6829,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 027,0</w:t>
+49 565,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6105,51 +7038,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 080,1</w:t>
+48 618,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6523,51 +7456,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 221,1</w:t>
+48 113,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7359,51 +8292,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 119,6</w:t>
+31 012,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7568,51 +8501,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 119,6</w:t>
+31 012,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7986,51 +8919,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+892,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8195,51 +9128,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 164,6</w:t>
+17 164,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9867,51 +10800,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3113,0</w:t>
+3 113,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10076,51 +11009,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3113,0</w:t>
+3 113,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10285,51 +11218,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3113,0</w:t>
+3 113,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10494,51 +11427,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3113,0</w:t>
+3 113,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13601,51 +14534,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--1634,9</w:t>
+-1 634,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13770,51 +14703,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI.ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
+VII.ФИНАНСИРОВАНИЕ ДЕФИЦИТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА) БЮДЖЕТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40651,55 +41584,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>