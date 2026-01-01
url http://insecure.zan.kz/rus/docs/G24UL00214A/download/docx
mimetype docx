--- v0 (2025-10-01)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a52a77b" w14:textId="a52a77b">
+    <w:p w14:paraId="e991c7d" w14:textId="e991c7d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении положения в новой редакции государственного учреждения "Аппарат акима Созакского района", аппаратов сельских округов и поселков Созакского района и государственным учреждениям самостоятельных отделов акимата Созакского района</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Созакского района Туркестанской области от 29 августа 2024 года № 214.</w:t>
+        <w:t>Постановление акимата Созакского района Туркестанской области от 29 августа 2024 года № 214</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -24492,61 +24492,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОЛОЖЕНИЕ о государственном учреждении "Отдел культуры, развития языков, физической культуры и спорта акимата Созакского района"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 14 в редакции постановления акимата Созакского района Туркестанской области от 24.07.2025 </w:t>
+      Сноска. Приложение 14 в редакции постановления акимата Созакского района Туркестанской области от 26.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 208</w:t>
+        <w:t>№ 283</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -24564,123 +24564,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Отдел культуры, развития языков, физической культуры и спорта акимата Созакского района" (далее – отдел) является государственным органом Республики Казахстан, осуществляющим руководство в сфере культуры, развития языков, физической культуры и спорта акимата Созакского района.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Отдел имеет следующие ведомства:</w:t>
-[...71 lines deleted...]
-       3. Отдел осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
+      2. Отдел не имеет ведомства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Отдел осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Отдел является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -24744,69 +24710,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        8. Структура и лимит штатной численности государственное учреждение "Отдел культуры, развития языков, физической культуры и спорта акимата Созакского района" утверждаются в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       9. Местонахождение юридического лица: Туркестанская область, Созакский район, 161000, село Шолаккорган, ул. Жибек жолы, дом 5.</w:t>
-[...17 lines deleted...]
-      10. Настоящее Положение является учредительным документом отдела.</w:t>
+       9. Местонахождение юридического лица: Республика Казахстан, Туркестанская область, Созакский район, 161000, село Шолаккорган, улица Жибек жолы, здание 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Настоящее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является учредительным документом отдела.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности отдела осуществляется из местного бюджета Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -24976,735 +24962,955 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - запрашивать и получать от государственных органов, иных организаций информацию, необходимую для осуществления функций, возложенных на государственное учреждение;</w:t>
-[...395 lines deleted...]
-      - Отдел пользуется всеми правами юридического лица в соответствии с законодательством Республики Казахстан;</w:t>
+      запрашивать и получать от государственных органов, иных организаций информацию, необходимую для осуществления функций, возложенных на государственное учреждение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      давать поручения исполнительным органам, финансируемым из местного бюджета в пределах своих компетенций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пределах своей компетенции издавать приказы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвовать в подготовке проектов решений, распоряжений акима, постановлений акимата района, а так же маслихата по вопросам, относящимся к компетенции отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществлять иные полномочия, установленные настоящим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>положением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, законодательством и местными исполнительными органами района и области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      требовать документы и информации о выполнении нормативных правовых актов Правительства и Президента Республики Казахстан, акима области и района в сфере культуры, развития языков, физической культуры и спорта; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвовать в подготовке проектов нормативно-правовых актов по вопросам, относящимся к компетенции отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществлять иные полномочия, установленные настоящим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>положением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, законодательством и местными исполнительными органами района и области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определяет основные направления реализации государственной политики, развития отрасли физической культуры и спорта, разрабатывает и осуществляет перспективные, текущие, целевые программы по развитию физической культуры и спорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвует в разработке постановлений районного акимата, формирования региональной программы и планов социально-экономического развития отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывает консультативную, юридическую помощь организациям физической культуры и спорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывает консультативную помощь подведомственным организациям и учреждениям в вопросах кадровой политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует симпозиумы, конференции, семинары, другие формы обучения и обмена опытом по развитию физической культуры и спорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координирует планы мероприятий физической культуры и спорта, организуемых различными ведомствами, общественными организациями, утверждает единые планы мероприятий и соревнований, осуществляет контроль за их проведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет организационное и методическое руководство организациями физической культуры и спорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      утверждает нормы расходов и материального обеспечения участников мероприятий физической культуры и спорта по согласованию с заинтересованными организациями и ведомствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет подготовку сборных команд района и обеспечивает участие спортсменов в чемпионатах области, Республики и других международных соревнованиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      совместно с заинтересованными ведомствами и общественными организациями проводит работу по подготовке спортивного резерва, координирует развитие сети спортивных клубов и школ, независимо от их ведомственной подчиненности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в установленном порядке решает вопросы награждении: медалями, знаками, дипломами, призами, грамотами, ценными подарками победителей и призеров соревновании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составляет и представляет бухгалтерскую отчетность в соответствии с законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      получает в согласованном порядке необходимые данные от органов статистики и соответствующих управлений и ведомств для осуществления возложенных на отдел функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует производственно-хозяйственное и социально-бытовое обеспечение аппарата отдела для полноценного выполнения его обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отдел пользуется всеми правами юридического лица в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - Осуществление деятельности в сфере культуры, языковой политики, создание и укрепление материально-технической базы физической культуры и спорта, развитие их инфраструктуры физической культуры и спорта.</w:t>
-[...251 lines deleted...]
-      - Координация деятельности районных ведомств, общественных организаций и предприятий по вопросам реализации государственной политики развития физической культуры и спорта, а также взаимодействие с аппаратами акимам сельских и поселковых округов района по вопросам касающимся практического решения актуальных вопросов отрасли;</w:t>
+      создает, реорганизует, ликвидирует государственные организации культуры района, в сфере театрального, музыкального искусства и киноискусства, библиотечного и музейного дела, культурно-досуговой деятельности в установленном законодательством Республики Казахстан порядке по согласованию с уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поддерживает и координирует деятельность государственных организаций культуры района в сфере театрального, музыкального искусства и киноискусства, библиотечного и музейного дела, культурно-досуговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует работу по учету, охране и использованию культурных ценностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляет проведение зрелищных культурно-массовых мероприятий района а также смотров, фестивалей и конкурсов среди любительских творческих объединений; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проводит аттестацию государственных организаций культуры района; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в пределах своей компетенции осуществляет управление коммунальной собственностью в области культуры; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выступает заказчиком по строительству, реконструкции и ремонту объектов культурного назначения района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поддерживает и оказывает содействие в материально-техническом обеспечении государственных организаций культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      присваивает одной из государственных библиотек района статус "Центральная";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление деятельности в сфере культуры, языковой политики, создание и укрепление материально-технической базы физической культуры и спорта, развитие их инфраструктуры физической культуры и спорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Планирование развития района в сфере культуры, языковой политики, физической культуры и спорта проведение опыт работ, анализ результатов проведенных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Следит за выполнением закона в сфере культуры, языковой политики, физической культуры и спорта а также контролирует выполнения государственной программы в этом направлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организует и контролирует работу культурных, спортивных организаций, организует и руководит культурным досугом жителей народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контролирует выполнение закона о языках, государственную языковую политику, а так же укрепляет межнациональное согласие и стабильность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует и руководит над деятельностью культурных учреждений а также поддерживает общественные объединения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует культурно-общественные мероприятия для отдыха жителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение государственной политики в сфере культуры и развития языков, физической культуры и спорта на территории Созакского района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исполнение иных задач, возложенные на него законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представление интересов района в международных межрегиональных спортивных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представление интересов отраслей физической культуры и спорта в республике, области и районе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация информационно- рекламного издательского дела отрасли, пропаганда физической культуры и спортивного движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Анализ кадрового потенциала физкультурных и спортивных структур района, организация и регулирование подготовки специалистов для физкультурных и спортивных организаций, повышение их квалификации, а также их рациональное использование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация и проведение совместно с заинтересованными ведомствами научных исследований в отрасли физической культуры и спорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Координация деятельности районных ведомств, общественных организаций и предприятий по вопросам реализации государственной политики развития физической культуры и спорта, а также взаимодействие с аппаратами акимам сельских и поселковых округов района по вопросам касающимся практического решения актуальных вопросов отрасли;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -25875,70 +26081,110 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организация и выполнение информационных культурных, физической культуры и спорта, образовательных функции;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...18 lines deleted...]
-      рассматривает дела об административных правонарушениях и налагает административные взыскания, предусмотренные статьей 75 Кодекса Республики Казахстан "Об административных правонарушениях";</w:t>
+        <w:t xml:space="preserve">
+      осуществляет прием и рассмотрение уведомлений о размещении вывески в селе, поселке в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      рассматривает дела об административных правонарушениях и налагает административные взыскания, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выдает согласование или мотивированное предупреждение предложений о размещении вывесок в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>