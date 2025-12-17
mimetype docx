--- v0 (2025-11-09)
+++ v1 (2025-12-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ce70418" w14:textId="ce70418">
+    <w:p w14:paraId="1eb4557" w14:textId="1eb4557">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -12468,300 +12468,338 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">акимата города Кентау </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "___"______ 2024 года №__</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Положение о государственном учреждении "Кентауский городской отдел занятости и социальных программ" акимата города Кентау" 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> Положение о государственном учреждении "Кентауский городской отдел занятости и социальных программ" акимата города Кентау"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 7 в редакции постановления акимата города Кентау Туркестанской области от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 526</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Кентауский городской отдел занятости и социальных программ" акимата города Кентау" (далее - государственное учреждение "Кентауский городской отдел занятости и социальных программ") является государственным органом Республики Казахстан осуществляющим руководство в сфере занятости, социальных программ, предоставления специальных социальных услуг.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Государственное учреждение "Кентауский городской отдел занятости и социальных программ" имеет ведомств.</w:t>
-[...17 lines deleted...]
-      1) Коммунальное государственное учреждение "Центр социального обслуживания" Кентауского городского отдела занятости и социальных программ".</w:t>
+      2. Государственное учреждение "Кентауский городской отдел занятости и социальных программ" не имеет ведомств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственное учреждение "Кентауский городской отдел занятости и социальных программ" осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Кентауский городской отдел занятости и социальных программ" является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати и штампы со своим наименованием на государственном языке, бланки установленного образца, в соответствии с законодательством Республики Казахстан счета в органах казначейства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Кентауский городской отдел занятости и социальных программ" вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Кентауский городской отдел занятости и социальных программ" имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Кентауский городской отдел занятости и социальных программ" по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя государственного учреждения "Кентауский городской отдел занятости и социальных программ" и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности государственного учреждения "Кентауский городской отдел занятости и социальных программ" утверждаются в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение юридического лица: 160400, Республика Казахстан, Туркестанская область, город Кентау, проспект А.Яссауи №85.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Государственное учреждение "Кентауский городской отдел занятости и социальных программ" осуществляет свою деятельность в соответствии с </w:t>
-[...163 lines deleted...]
-      11. Финансирование деятельности государственного учреждения "Кентауский городской отдел занятости и социальных программ" осуществляется из Республиканского и местных бюджетов, бюджета Национального Банка Республики Казахстан в соответствии с законодательством Республики Казахстан.</w:t>
+      10. Настоящее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является учредительным документом государственного учреждения "Кентауский городской отдел занятости и социальных программ".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности государственного учреждения "Кентауский городской отдел занятости и социальных программ" осуществляется из республиканского, областного и местных бюджетов, бюджета Национального Банка Республики Казахстан в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Государственному учреждению "Кентауский городской отдел занятости и социальных программ" запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями государственного учреждения "Кентауский городской отдел занятости и социальных программ".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12912,52 +12950,62 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обязанности:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      - государственное учреждение "Кентауский городской отдел занятости и социальных программ" осуществляет полномочия в соответствии с законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, настоящим Положением</w:t>
+        <w:t xml:space="preserve">
+      - государственное учреждение "Кентауский городской отдел занятости и социальных программ" осуществляет полномочия в соответствии с законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, настоящим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положением</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13074,124 +13122,124 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организует осуществления других мероприятий, способствующих занятости населения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...72 lines deleted...]
-      12) осуществляет государственные закупки, а также размещает государственный социальный заказ по предоставлению специальных социальных услуг и услуг по оценке и определению потребности в специальных социальных услугах;</w:t>
+        <w:t xml:space="preserve">
+      8) реализует государственную политику в сфере предоставления специальных социальных услуг; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) обеспечивает создание и деятельность субъектов, предоставляющих специальные социальные услуги, находящихся в их ведении; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) организует кадровое обеспечение субъектов, предоставляющих специальные социальные услуги, профессиональную подготовку, переподготовку и повышение квалификации социальных работников; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) обеспечивает проведение анализа потребностей населения в специальных социальных услугах; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) осуществляет государственные закупки, а также размещает государственный социальный заказ по предоставлению специальных социальных услуг и услуг по оценке и определению потребности в специальных социальных услугах; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) принимает меры по развитию системы предоставления специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13309,89 +13357,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) осуществляет функции государства по опеке и попечительству в отношении совершеннолетних.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21) Осуществляет руководство коммунальным государственным учреждением "Центр социального обслуживания" Кентауского городского отдела занятости и социальных программ".</w:t>
+      21) Осуществляет руководство коммунальным государственным учреждением "Центр социального обслуживания" Кентауского городского отдела занятости и социальных программ", а так же коммунальным государственным учреждением "Центр поддержки семьи" Кентауского городского отдела занятости и социальных программ"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      22) оказывает социальную помощь лицам указанных в Социальном </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан от 20 апреля 2023 года и в </w:t>
+      22) оказывает социальную помощь лицам указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Социальном кодексе Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 20 апреля 2023 года и в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -13407,89 +13455,109 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 12, подпункте 2) </w:t>
-[...37 lines deleted...]
-      23) создает организации по оказанию помощи в соответствии с Законом Республики Казахстан "О профилактике бытового насилия";</w:t>
+        <w:t xml:space="preserve"> статьи 12, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13 Закона Республики Казахстан от 6 мая 2020 года "О ветеранах";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23) создает организации по оказанию помощи в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О профилактике бытового насилия";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) осуществляет выдачу, продление, отзыв разрешения трудовому иммигранту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13981,51 +14049,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень организации, находящихся в ведении и его ведомств:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Коммунальное государственное учреждение "Центр социального обслуживания" Кентауского городского отдела занятости и социальных программ".</w:t>
+      - Коммунальное государственное учреждение "Центр социального обслуживания" Кентауского городского отдела занятости и социальных программ" акимата города Кентау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Коммунальное государственное учреждение "Центр поддержки семьи" Кентауского городского отдела занятости и социальных программ" акимата города Кентау.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25926,55 +26012,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -26300,31 +26386,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>