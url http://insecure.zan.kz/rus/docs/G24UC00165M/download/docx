--- v0 (2025-11-11)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0ed01e3" w14:textId="0ed01e3">
+    <w:p w14:paraId="d5ba3f1" w14:textId="d5ba3f1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -268,51 +268,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет села Карнак на 2025-2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) доходы – 172673 тысяч тенге, </w:t>
+      1) доходы – 183680 тысяч тенге, </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговым поступлениям – 64363тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -323,123 +323,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговым поступлениям – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0 тенге;</w:t>
+      поступления от продажи основного капитала –0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступлениям трансфертов – 108310 тысяч тенге;</w:t>
+      поступлениям трансфертов – 119317 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 194584тысяч тенге;</w:t>
+      2) затраты – 205591тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      3) чистое бюджетное кредитование –0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты – 0 тенге;</w:t>
+      бюджетные кредиты –0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -485,51 +485,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства– 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 21911 тысяч тенге;</w:t>
+      5) дефицит(профицит) бюджета – - 21911 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) финансирование дефицита (использование профицита) бюджета - 21911 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -557,89 +557,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 21911 тысяч тенге".</w:t>
+      используемые остатки бюджетных средств– 21911 тысяч тенге".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Кентауского городского маслихата Туркестанской области от 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Кентауского городского маслихата Туркестанской области от 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 217</w:t>
+        <w:t>№ 229</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -941,61 +941,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Карнак на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Кентауского городского маслихата Туркестанской области от 24.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Кентауского городского маслихата Туркестанской области от 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 217</w:t>
+        <w:t>№ 229</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1461,51 +1461,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-172673</w:t>
+183 680</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1671,51 +1671,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64363</w:t>
+64 363</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1881,51 +1881,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26977</w:t>
+26 977</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2091,51 +2091,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26977</w:t>
+26 977</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2301,51 +2301,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37170</w:t>
+37 170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2511,51 +2511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1500</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2931,51 +2931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35570</w:t>
+35 570</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3564,51 +3564,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-108310</w:t>
+119 317</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3775,51 +3775,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-108310</w:t>
+119 317</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3985,51 +3985,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-108310</w:t>
+119 317</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4781,51 +4781,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-194584</w:t>
+205 591</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4992,51 +4992,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90567</w:t>
+105 718</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5203,51 +5203,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90567</w:t>
+105 718</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5414,51 +5414,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90567</w:t>
+105 718</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5625,51 +5625,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90567</w:t>
+105 718</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5836,51 +5836,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85466</w:t>
+81 646</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6047,51 +6047,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85466</w:t>
+81 646</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6258,51 +6258,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85466</w:t>
+81 646</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6469,51 +6469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57471</w:t>
+53 944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7102,51 +7102,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24995</w:t>
+24 702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7313,51 +7313,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 622</w:t>
+1 443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8157,51 +8157,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8368,51 +8368,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8579,51 +8579,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8790,51 +8790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16929</w:t>
+16 784</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9001,51 +9001,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16929</w:t>
+16 784</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9212,51 +9212,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16929</w:t>
+16 784</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9423,51 +9423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16929</w:t>
+16 784</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12445,51 +12445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- 21911</w:t>
+- 21 911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12651,51 +12651,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21911</w:t>
+21 911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14637,51 +14637,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21911</w:t>
+21 911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14847,51 +14847,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21911</w:t>
+21 911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15057,51 +15057,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21911</w:t>
+21 911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15267,51 +15267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21911</w:t>
+21 911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -46567,55 +46567,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>