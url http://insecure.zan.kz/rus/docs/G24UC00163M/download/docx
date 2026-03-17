--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="91e6c6b" w14:textId="91e6c6b">
+    <w:p w14:paraId="1a691ac" w14:textId="1a691ac">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -327,377 +327,377 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 69 219 тысяч тенге:</w:t>
+      1) доходы – 77 179,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 10 486 тысяч тенге;</w:t>
+      налоговые поступления – 11 399,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 0 тенге;</w:t>
+      неналоговые поступления –0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0 тенге;</w:t>
+      поступления от продажи основного капитала – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 58 733 тысяч тенге;</w:t>
+      поступления трансфертов – 65 780,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 69 554 тысяч тенге;</w:t>
+      2) затраты – 77 514,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      3) чистое бюджетное кредитование – 0:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты – 0 тенге;</w:t>
+      бюджетные кредиты – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение бюджетных кредитов – 0 тенге;</w:t>
+      погашение бюджетных кредитов – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами – 0:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      приобретение финансовых активов – 0 тенге;</w:t>
+      приобретение финансовых активов – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи финансовых активов государства – 0 тенге;</w:t>
+      поступления от продажи финансовых активов государства – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -335 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -335,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 335 тысяч тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета –335,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления займов – 0 тенге;</w:t>
+      поступления займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение займов – 0 тенге;</w:t>
+      погашение займов – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 335 тысяч тенге.".</w:t>
+      используемые остатки бюджетных средств –335,0 тысяч тенге.".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Кентауского городского маслихата Туркестанской области от 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Кентауского городского маслихата Туркестанской области от 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 213</w:t>
+        <w:t>№ 227</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1001,79 +1001,72 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет cела Байылдыр на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Кентауского городского маслихата Туркестанской области от 24.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Кентауского городского маслихата Туркестанской области от 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 213</w:t>
+        <w:t>№ 227</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -1525,51 +1518,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69 219</w:t>
+77 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1734,51 +1727,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 486</w:t>
+11 399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1943,51 +1936,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 852</w:t>
+7 742</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2152,51 +2145,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 852</w:t>
+7 742</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2361,51 +2354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 609</w:t>
+3 632</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2570,51 +2563,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-245</w:t>
+180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2779,51 +2772,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72</w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2988,51 +2981,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 292</w:t>
+3 422</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3655,52 +3648,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- 3 </w:t>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3824,51 +3817,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+ 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4033,51 +4026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 733</w:t>
+65 780</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4242,51 +4235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 733</w:t>
+65 780</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4451,51 +4444,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 733</w:t>
+65 780</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5206,51 +5199,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69 554</w:t>
+77 514</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5415,51 +5408,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52 996</w:t>
+61 855</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5624,51 +5617,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52 996</w:t>
+61 855</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5833,51 +5826,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52 996</w:t>
+61 855</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6042,51 +6035,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52 996</w:t>
+61 855</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6251,51 +6244,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 747</w:t>
+13 019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6460,51 +6453,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 747</w:t>
+13 019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6669,51 +6662,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 747</w:t>
+13 019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6878,51 +6871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 412</w:t>
+4 912</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7087,51 +7080,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 720</w:t>
+1 616</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7505,51 +7498,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 257</w:t>
+6 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7714,51 +7707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 648</w:t>
+1 570</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7923,51 +7916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 298</w:t>
+1 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8132,51 +8125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 298</w:t>
+1 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8341,51 +8334,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 298</w:t>
+1 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9177,51 +9170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 163</w:t>
+1 070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9386,51 +9379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 163</w:t>
+1 070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9595,51 +9588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 163</w:t>
+1 070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9804,51 +9797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 163</w:t>
+1 070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12497,51 +12490,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12702,51 +12695,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Дефицит (профицит) бюджета</w:t>
+5. Дефицит бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12907,51 +12900,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Финансирование дефицита (использование профицита) бюджета</w:t>
+6. Финансирование дефицита бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12975,188 +12968,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...136 lines deleted...]
-Поступления займов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15405,50 +15402,259 @@
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+335</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -46395,55 +46601,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>