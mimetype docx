--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ef4716d" w14:textId="ef4716d">
+    <w:p w14:paraId="3e580d9" w14:textId="3e580d9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -830,50 +830,88 @@
               </w:rPr>
               <w:t>от 6 ноября 2024 года № 367</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОЛОЖЕНИЕ о коммунальном государственном учреждении "Управление по государственным закупкам и коммунальной собственности акимата Северо-Казахстанской области"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение в редакции постановления акимата Северо-Казахстанской области от 03.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 232</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       город Петропавловск, 2024 г.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -888,1596 +926,1576 @@
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Коммунальное государственное учреждение "Управление по государственным закупкам и коммунальной собственности акимата Северо-Казахстанской области" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере государственных закупок в пределах компетенции местного исполнительного органа функции единого организатора государственных закупок по товарам, работам, услугам, определяемым акиматом Северо-Казахстанской области и в сфере управления коммунальной собственностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление является юридическим лицом в организационно-правовой форме коммунального государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление имеет право выступать стороной Гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местонахождение Управления: 150011, Республика Казахстан, Северо-Казахстанская область, город Петропавловск, ул. Парковая, 57В.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Настоящее Положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Финансирование деятельности Управления осуществляется из местного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечение организации и проведения государственных закупок, в том числе по бюджетным программам и (или) товарам, работам, услугам, определяемым акиматом Северо-Казахстанской области, а также государственных закупок в рамках действующего законодательства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реализация государственной политики в сфере государственных закупок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
-[...15 lines deleted...]
-      3) обеспечение оптимального и эффективного расходования бюджетных средств, используемых для государственных закупок;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) управление областной коммунальной собственностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
-[...15 lines deleted...]
-      4) управление областной коммунальной собственностью.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
-[...15 lines deleted...]
-      13. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
-[...15 lines deleted...]
-      1) права:</w:t>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносит на рассмотрение акимата и акима области предложения по основным направлениям развития, решению вопросов в сферах государственных закупок и управления коммунальной собственностью на территории Северо-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
-[...15 lines deleted...]
-      вносит на рассмотрение акимата и акима области предложения по основным направлениям развития, решению вопросов в сферах государственных закупок и управления коммунальной собственностью на территории Северо-Казахстанской области;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрашивает и получает в установленном порядке по согласованию с государственными органами, должностными лицами, организациями и гражданами информацию по вопросам, связанным с исполнением задач, поставленных перед Управлением;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
-[...15 lines deleted...]
-      запрашивает и получает в установленном порядке по согласованию с государственными органами, должностными лицами, организациями и гражданами информацию по вопросам, связанным с исполнением задач, поставленных перед Управлением;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет в установленном законодательством Республики Казахстан порядке защиту прав и интересов Управления, в том числе в судах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
-[...15 lines deleted...]
-      осуществляет в установленном законодательством Республики Казахстан порядке защиту прав и интересов Управления, в том числе в судах;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       заключает договора, соглашения в пределах своей компетенции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
-[...15 lines deleted...]
-       заключает договора, соглашения в пределах своей компетенции.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       2) обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
-[...15 lines deleted...]
-       2) обязанности:</w:t>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       осуществляет выполнение процедур организации и проведения централизованных государственных закупок и управления коммунальной собственностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
-[...15 lines deleted...]
-       осуществляет выполнение процедур организации и проведения централизованных государственных закупок и управления коммунальной собственностью;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет работу по открытости и прозрачности деятельности государственного органа, в том числе наполнение и сопровождение порталов "Открытые данные", "Открытые бюджеты", "Открытые нормативные правовые акты", "Открытый диалог";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
-[...15 lines deleted...]
-      осуществляет работу по открытости и прозрачности деятельности государственного органа, в том числе наполнение и сопровождение порталов "Открытые данные", "Открытые бюджеты", "Открытые нормативные правовые акты", "Открытый диалог";</w:t>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      качественно и своевременно исполняет акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, а также акима и акимата Северо-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
-[...15 lines deleted...]
-      качественно и своевременно исполняет акты и поручения Президента, Правительства Республики Казахстан и иных центральных исполнительных органов, а также акима и акимата Северо-Казахстанской области;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассматривает в установленном порядке обращения физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
-[...15 lines deleted...]
-      рассматривает в установленном порядке обращения физических и юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовывает прием физических лиц и представителей юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
-[...15 lines deleted...]
-      организовывает прием физических лиц и представителей юридических лиц;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдает нормы действующего законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
-[...15 lines deleted...]
-      соблюдает нормы действующего законодательства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
-[...15 lines deleted...]
-      14. Функции:</w:t>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) функции в сфере государственных закупок:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       единый организатор государственных закупок осуществляет организацию и проведение государственных закупок товаров, работ, услуг в рамках утвержденного уполномоченным органом Республики Казахстан перечня товаров, работ, услуг, по которым государственные закупки осуществляются единым организатором государственных закупок области, а также перечня товаров, работ, услуг, определенного уполномоченным органом Республики Казахстан, путем объединения однородных товаров, работ, услуг в один лот независимо от места их поставки (выполнения, оказания); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассматривает задания, представленные заказчиком на организацию и проведение государственных закупок, содержащие документы, установленные правилами осуществления государственных закупок;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       разрабатывает и утверждает конкурсную документацию (аукционную документацию) на основании представленного заказчиком задания, содержащего документы, установленные правилами осуществления государственных закупок; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       вносит изменения и (или) дополнения в конкурсную документацию (аукционную документацию); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       определяет и утверждает состав конкурсной комиссии (аукционной комиссии); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      размещает на веб-портале государственных закупок объявления о проведении государственных закупок;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       разъясняет положения конкурсной документации (аукционной документации); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      направляет заказчику предложения и замечания со стороны лиц, автоматически зарегистрированных на веб-портале государственных закупок, сведения о которых внесены в журнал регистрации лиц, получивших конкурсную документацию (аукционную документацию) к проекту договора о государственных закупках и (или) технической спецификации конкурсной документации (аукционной документации);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
-[...15 lines deleted...]
-      направляет заказчику предложения и замечания со стороны лиц, автоматически зарегистрированных на веб-портале государственных закупок, сведения о которых внесены в журнал регистрации лиц, получивших конкурсную документацию (аукционную документацию) к проекту договора о государственных закупках и (или) технической спецификации конкурсной документации (аукционной документации);</w:t>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассматривает заявки потенциальных поставщиков на участие в конкурсе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
-[...15 lines deleted...]
-      рассматривает заявки потенциальных поставщиков на участие в конкурсе;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случаях, предусмотренных законодательством Республики Казахстан, обеспечивает зачисление в доход соответствующего бюджета либо возвращает потенциальному поставщику обеспечение заявки на участие в электронных государственных закупках способом конкурса (аукциона);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       направляет иски в суд о признании потенциальных поставщиков недобросовестными участниками государственных закупок в случаях, предусмотренных законодательством Республики Казахстан, принимает участие в судебных процессах; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществляет ведение мониторинга государственных закупок; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение жалоб на действия (бездействие), решения единого организатора;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) функции в сфере управления областным коммунальным имуществом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
-[...15 lines deleted...]
-      осуществление приватизации областного коммунального имущества, а также предприятий как имущественного комплекса, в том числе привлечение посредника для организации процесса приватизации, обеспечение оценки объектов приватизации, осуществление подготовки и заключения договоров купли-продажи объектов приватизации и контроль за соблюдением условий договоров купли-продажи;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление приватизации областного коммунального имущества, за исключением объектов жилищного фонда, а также предприятий как имущественного комплекса, в том числе привлечение посредника для организации процесса приватизации, обеспечение оценки объектов приватизации, осуществление подготовки и заключения договоров купли-продажи объектов приватизации и контроль за соблюдением условий договоров купли-продажи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:bookmarkStart w:name="z72" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставление областного коммунального имущества в доверительное управление или аренду;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
-[...15 lines deleted...]
-      принятие планов развития и отчетов по их исполнению областными государственными предприятиями, контролируемыми государством акционерными обществами и товариществами с ограниченной ответственностью, перечисление части чистого дохода и дивидендов;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация работы по подготовке и разработке постановлений акимата области по передаче областного коммунального имущества в республиканскую собственность, коммунальную собственность областей, столицы и городов республиканского значения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
-[...15 lines deleted...]
-      организация работы по подготовке и разработке постановлений акимата области по передаче областного коммунального имущества в республиканскую собственность, коммунальную собственность областей, столицы и городов республиканского значения;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принятие решений о передаче имущества из коммунальной собственности области в коммунальную собственность акиматов районов и города Петропавловска;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z73" w:id="64"/>
-[...15 lines deleted...]
-      принятие решений о передаче имущества из коммунальной собственности области в коммунальную собственность акиматов районов и города Петропавловска;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принятие решений о принятии имущества из республиканской собственности в коммунальную собственность области на основании решений уполномоченного органа по управлению государственным имуществом, а также из коммунальной собственности акиматов районов и города Петропавловска в коммунальную собственность области и организация работы по подготовке и разработке постановлений акимата области о принятии имущества из частной собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z74" w:id="65"/>
-[...15 lines deleted...]
-      принятие решений о принятии имущества из республиканской собственности в коммунальную собственность области на основании решений уполномоченного органа по управлению государственным имуществом, а также из коммунальной собственности акиматов районов и города Петропавловска в коммунальную собственность области и организация работы по подготовке и разработке постановлений акимата области о принятии имущества из частной собственности;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      согласование списания основных средств, закрепленных за коммунальными государственными юридическими лицами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z75" w:id="66"/>
-[...15 lines deleted...]
-      согласование списания основных средств, закрепленных за коммунальными государственными юридическими лицами.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Статус, полномочия первого руководителя государственного органа, коллегиальных органов (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:bookmarkStart w:name="z78" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Руководство Управления осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Первый руководитель Управления назначается на должность и освобождается от должности акимом Северо-Казахстанской области в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Первый руководитель Управления имеет заместителей, которые назначаются на должность и освобождаются от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Полномочия первого руководителя Управления:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       определяет обязанности и полномочия заместителей руководителя, руководителей структурных подразделений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z83" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       назначает на должности и освобождает от должностей сотрудников Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z84" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      решает вопросы поощрения и налагает дисциплинарные взыскания на сотрудников Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z85" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       подписывает приказы Управления, а также дает указания, обязательные для исполнения сотрудниками Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z86" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       представляет Управление в государственных органах, иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z87" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает соблюдение законодательства Республики Казахстан в Управлении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z88" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       несет персональную ответственность за соблюдение антикоррупционного законодательства Республики Казахстан сотрудниками Управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z89" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель организует и руководит работой, обеспечивает соблюдение законодательства Республики Казахстан о государственных гарантиях равных прав и равных возможностей мужчин и женщин, несет персональную ответственность за выполнение возложенных задач и осуществление им своих функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z90" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z91" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z92" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Статус, полномочия первого руководителя государственного органа, коллегиальных органов (при наличии)</w:t>
-[...279 lines deleted...]
-      19. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:bookmarkStart w:name="z93" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z94" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z95" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z96" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z97" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
-[...79 lines deleted...]
-      22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z96" w:id="87"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
+    <w:bookmarkStart w:name="z98" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z97" w:id="88"/>
-[...15 lines deleted...]
-      23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z99" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Управление подведомственных организаций и ведомств не имеет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z98" w:id="89"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2803,31 +2821,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>