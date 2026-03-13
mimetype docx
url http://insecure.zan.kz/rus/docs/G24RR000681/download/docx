--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="39ef5c0" w14:textId="39ef5c0">
+    <w:p w14:paraId="953f80c" w14:textId="953f80c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1090,90 +1090,146 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) выработка предложений и участие в развитии научных организаций и организации технологической и инновационной деятельности в области здравоохранения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z92" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) рассмотрение проектов научно-исследовательских, научно-технических и опытно-конструкторских работ в области здравоохранения.</w:t>
+      6) рассмотрение проектов научно-исследовательских, научно-технических и опытно-конструкторских работ в области здравоохранения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) анализ результатов внедрения научных проектов и программ в области здравоохранения;";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       "8) содействие трансляции научных знаний в политику и практику здравоохранения, обеспечению научно обоснованного подхода при разработке реформ и управленческих решений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным приказом Министра здравоохранения РК от 17.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменениями, внесенными приказами Министра здравоохранения РК от 17.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 265</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1443,65 +1499,101 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8) исключен приказом Министра здравоохранения РК от 17.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 265</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет анализ результатов внедрения научных проектов и программ в области здравоохранения, с учетом их влияния на качество, доступность и устойчивость системы здравоохранения, социального и экономического эффекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) организует подготовку и рассмотрение научно-аналитических обзоров и Policy Brief (аналитических справок, основанных на фактических данных), в целях научного обоснования реформ, нормативных изменений и управленческих решений в здравоохранении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По вопросам государственной технологической политике и мерам государственной поддержке инновационной деятельности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
@@ -1785,61 +1877,81 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 6 с изменениями, внесенными приказом Министра здравоохранения РК от 17.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 с изменениями, внесенными приказами Министра здравоохранения РК от 17.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 265</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1876,838 +1988,1198 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Состав НТС формируется Министерством с учетом предложений и рекомендаций научного сообщества и субъектов частного предпринимательства, а также юридическими лицами в области здравоохранения и утверждается Министром здравоохранения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. НТС состоит из Председателя, заместителя Председателя и постоянных членов. В состав членов НТС входят ведущие ученые в области здравоохранения, представители государственных органов и институтов развития, Национальной палаты предпринимателей "Атамекен", национальных холдингов и компаний, члены Национального научного совета отраслевых ассоциаций субъектов частного предпринимательства, а также профильных научных организаций, являющихся субъектами научной и (или) научно-технической деятельности.</w:t>
+      8. НТС состоит из Председателя, двух заместителей Председателя и постоянных членов. В состав членов НТС входят ведущие ученые в области здравоохранения, представители государственных органов и институтов развития, Национальной палаты предпринимателей "Атамекен", национальных холдингов и компаний, члены Национального научного совета, отраслевых ассоциаций субъектов частного предпринимательства, а также профильных научных организаций, являющихся субъектами научной и (или) научно-технической деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z55" w:id="50"/>
-[...15 lines deleted...]
-      9. Требования к составу НТС определяются Министерством при согласовании уполномоченного органа в области науки. </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Исключен приказом Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В состав НТС избираются ученые:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
-[...15 lines deleted...]
-      10. В состав НТС избираются ученые:</w:t>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) являющиеся гражданами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
-[...15 lines deleted...]
-      1) являющиеся гражданами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) имеющие степень доктора (PhD), доктора по профилю, доктора или кандидата наук, являющиеся работниками аккредитованных субъектов научной и (или) научно-технической деятельности в течение 3 (трех) лет до даты формирования состава НТС или занимающиеся научной и (или) научно-технической деятельностью в зарубежных научных организациях или ОВПО;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z58" w:id="53"/>
-[...15 lines deleted...]
-      2) имеющие степень доктора (PhD), доктора по профилю, доктора или кандидата наук, являющиеся работниками аккредитованных субъектов научной и (или) научно-технической деятельности в течение 3 (трех) лет до даты формирования состава НТС или занимающиеся научной и (или) научно-технической деятельностью в зарубежных научных организациях или ОВПО;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) имеющие стаж научно-исследовательской и (или) научно-педагогической работы в регулируемых сферах уполномоченного органа не менее 5 (пять) лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z59" w:id="54"/>
-[...15 lines deleted...]
-      3) имеющие стаж научно-исследовательской и (или) научно-педагогической работы в регулируемых сферах уполномоченного органа не менее 5 (пять) лет.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 с изменением, внесенным приказом Министра здравоохранения РК от 17.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 265</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Не более 70 % (семьдесят процентов) от состава НТС формируется из работников и (или) экспертов, имеющих стаж работы не менее 5 (пять) лет:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственных органов, рекомендованных соответствующими государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) национальных управляющих холдингов, национальных институтов развития, национальных холдингов, национальных компаний, рекомендованных соответствующими организациями в регулируемых сферах уполномоченного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) субъектов частного предпринимательства и их объединений, рекомендованных Национальной палатой предпринимателей Республики Казахстан "Атамекен";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z95" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) члены национальных научных советов, отраслевых ассоциаций субъектов частного предпринимательства, профильных научных организаций, являющихся субъектами научной и (или) научно-технической деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 с изменением, внесенным приказом Министра здравоохранения РК от 17.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным приказом Министра здравоохранения РК от 17.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 265</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...96 lines deleted...]
-      4) члены национальных научных советов, отраслевых ассоциаций субъектов частного предпринимательства, профильных научных организаций, являющихся субъектами научной и (или) научно-технической деятельности.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Исключен приказом Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Председатель и заместители председателя НТС избираются членами НТС из числа членов НТС посредством открытого голосования на первом заседании НТС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным приказом Министра здравоохранения РК от 17.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 265</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="60"/>
-[...15 lines deleted...]
-      12. В состав НТС включаются не более одного работника из одной организации, для которого данная организация является основным местом работы.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Председатель НТС:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z66" w:id="61"/>
-[...15 lines deleted...]
-      13. Председатель и заместитель председателя НТС избирается членами НТС из числа членов НТС посредством открытого голосования на первом заседании НТС.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) председательствует на заседаниях и руководит его деятельностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z67" w:id="62"/>
-[...15 lines deleted...]
-      14. Председатель НТС:</w:t>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает коллегиальность в обсуждении спорных вопросов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z68" w:id="63"/>
-[...15 lines deleted...]
-      1) председательствует на заседаниях и руководит его деятельностью;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определяет повестку дня, дату, время, место и форму проведения заседаний НТС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z69" w:id="64"/>
-[...15 lines deleted...]
-      2) обеспечивает коллегиальность в обсуждении спорных вопросов;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подписывает протоколы заседаний НТС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z70" w:id="65"/>
-[...15 lines deleted...]
-      3) определяет повестку дня, дату, время, место и форму проведения заседаний НТС;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осуществляет общую координацию над реализацией решений НТС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z71" w:id="66"/>
-[...15 lines deleted...]
-      4) подписывает протоколы заседаний НТС;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Во время отсутствия председателя его функции исполняет один из заместителей. Порядок исполнения функциональных обязанностей заместителями определяется на заседаний НТС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z72" w:id="67"/>
-[...15 lines deleted...]
-      5) осуществляет общую координацию над реализацией решений НТС.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. При НТС создаются специализированные секции (далее – Секции), осуществляющие свою деятельность по организации научного обеспечения и рассмотрения профильных вопросов, выносимых на заседание НТС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z73" w:id="68"/>
-[...15 lines deleted...]
-      15. Во время отсутствия председателя его функции выполняет заместитель.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Наименование Секции, ее персональный состав, а также рабочий орган Секции утверждается на заседании НТС. В случае необходимости руководитель Секции вправе привлекать к участию в работе Секции экспертов по соответствующему направлению. Привлеченные эксперты участвуют в работе Секции без права голоса. В случае равенства голосов при принятии решений в ходе работы Секции решающим является голос руководителя Секции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z74" w:id="69"/>
-[...15 lines deleted...]
-      16. При НТС создаются специализированные секции (далее – Секции), осуществляющие свою деятельность по организации научного обеспечения и рассмотрения профильных вопросов, выносимых на заседание НТС:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Состав НТС утверждается сроком на 3 (три) года и состоит из нечетного числа членов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z75" w:id="70"/>
-[...15 lines deleted...]
-      1) Секция по клиническим исследованиям;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Работа НТС осуществляется в форме очных и заочных заседаний. При необходимости заседания НТС проводятся с использованием инфокоммуникационных технологий и систем связи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z76" w:id="71"/>
-[...15 lines deleted...]
-      2) Секция по фундаментальным биомедицинским исследованиям, медико-биологическим и доклиническим (неклиническим) исследованиям;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. НТС собирается по мере необходимости, но не реже четырех раз в год. НТС принимает решения, если на заседании присутствует не менее 2/3 его состава.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z77" w:id="72"/>
-[...15 lines deleted...]
-      3) Секция по исследованиям в области общественного здравоохранения;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Секретарь, являющийся должностным лицом рабочего органа НТС, осуществляет:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z78" w:id="73"/>
-[...15 lines deleted...]
-      4) Секция по исследованиям в области генетики и клеточных технологий.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подготовку, сбор и систематизацию материалов к заседаниям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z79" w:id="74"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="80"/>
+    <w:bookmarkStart w:name="z97" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) своевременное направление членам НТС и приглашенным лицам уведомлений о проведении заседаний НТС; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z98" w:id="81"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z98" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) формирование повестки дня заседаний, протоколирование заседаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z99" w:id="82"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z99" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подготовку проектов решений НТС и оформление протоколов после заседаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2726,312 +3198,312 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="83"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Протоколы заседания, материалы по вопросам повестки дня, отчеты, акты передаются в Министерство и хранятся в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра культуры и спорта Республики Казахстан от 25 августа 2023 года № 236 "Об утверждении Правил документирования, управления документацией и использования систем электронного документооборота в государственных и негосударственных организациях" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33339).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Решения НТС принимаются открытым голосованием и считаются принятыми, если за них подано не менее 2/3 голосов от общего количества членов, присутствующих на заседании НТС. При равенстве голосов решающим является голос председателя. Секретарь не является членом НТС и не голосует при принятии решений. При наличии у членов НТС особого мнения по вынесенному на голосовании вопросу, секретарь вносит в протокол соответствующую запись. Уклонение члена НТС от принятия решения и голосования не допускается. Принятые решения оформляются протоколом, который подписывается Председателем, членами НТС и секретарем. Копии протоколов направляются всем членам НТС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Рабочий орган НТС (далее – рабочий орган) определяется Министерством из его структурных подразделений или квазигосударственного сектора Министерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Рабочий орган в целях обеспечения деятельности НТС осуществляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организационно-техническое обеспечение работы НТС, в том числе готовит материалы, которые направляются членам НТС за пять рабочих дней до проведения заседания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет сбор предложений по формированию Перечня приоритетных отраслевых направлений от членов НТС на ежегодной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) составляет планы и отчеты о работе НТС и координирует их выполнение;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z85" w:id="84"/>
-[...15 lines deleted...]
-      23. Решения НТС принимаются открытым голосованием и считаются принятыми, если за них подано не менее 2/3 голосов от общего количества членов, присутствующих на заседании НТС. При равенстве голосов решающим является голос председателя. Секретарь не является членом НТС и не голосует при принятии решений. При наличии у членов НТС особого мнения по вынесенному на голосовании вопросу, секретарь вносит в протокол соответствующую запись. Уклонение члена НТС от принятия решения и голосования не допускается. Принятые решения оформляются протоколом, который подписывается Председателем, членами НТС и секретарем. Копии протоколов направляются всем членам НТС.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сбор материалов, направляемых членам НТС за 5 (пять) рабочих дней до проведения заседания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z86" w:id="85"/>
-[...15 lines deleted...]
-      24. Рабочий орган НТС (далее – рабочий орган) определяется Министерством из его структурных подразделений или квазигосударственного сектора Министерства.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 с изменением, внесенным приказом Министра здравоохранения РК от 17.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 265</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Рабочий орган НТС ежегодно, не позднее 20 числа месяца, следующего за отчетным годом, представляет в Министерство и в уполномоченный орган в области науки информацию о работе НТС по итогам отчетного периода.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z87" w:id="86"/>
-[...180 lines deleted...]
-    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3411,31 +3883,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>