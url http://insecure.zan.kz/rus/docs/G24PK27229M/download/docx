--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ea0ae6c" w14:textId="ea0ae6c">
+    <w:p w14:paraId="37b3932" w14:textId="37b3932">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О бюджете Луганского cельского округа на 2025 - 2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Павлодарского районного маслихата Павлодарской области от 26 декабря 2024 года № 27/229.</w:t>
+        <w:t>Решение Павлодарского районного маслихата Павлодарской области от 26 декабря 2024 года № 27/229</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сноска. Вводится в действие с 01.01.2025 в соответствии с пунктом 3 настоящего решения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -209,105 +209,123 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Луганского cельского округа на 2025 - 2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) доходы – 120 518 тысяч тенге, в том числе: </w:t>
+      1) доходы – 120 519 тысяч тенге, в том числе: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 13 497 тысяч тенге;</w:t>
+      налоговые поступления – 13 436 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 107 021 тысяча тенге;</w:t>
+      поступления от продажи основного капитала – 61 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 120 896 тысяч тенге;</w:t>
+      поступления трансфертов – 106 662 тысячи тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) затраты – 120 537 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -363,61 +381,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Павлодарского районного маслихата Павлодарской области от 30.04.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Павлодарского районного маслихата Павлодарской области от 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 30/261</w:t>
+        <w:t>№ 38/318</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -746,3154 +764,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(с изменениями)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Павлодарского районного маслихата Павлодарской области от 30.04.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Павлодарского районного маслихата Павлодарской области от 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 30/261</w:t>
+        <w:t>№ 38/318</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
-      </w:r>
-[...3081 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
@@ -3912,99 +847,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функциональная группа </w:t>
+Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4023,107 +959,89 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функциональная подгруппа</w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4142,135 +1060,97 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Администратор бюджетных программ</w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...59 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -4293,881 +1173,780 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетная программа</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...136 lines deleted...]
-Наименование</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...188 lines deleted...]
-6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120 519</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-120 896</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 436</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...129 lines deleted...]
-68 452</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 557</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5187,196 +1966,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-68 452</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Индивидуальный подоходный налог </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 557</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5396,196 +2144,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-68 452</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5637,164 +2354,133 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-36 907</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+264</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5846,164 +2532,133 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-378</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6055,373 +2710,311 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-31 167</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-19 016</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6450,187 +3043,156 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...135 lines deleted...]
-5 013</w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6691,364 +3253,302 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...103 lines deleted...]
-5 013</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-5 013</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7077,187 +3577,156 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-14 003</w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7318,155 +3787,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...103 lines deleted...]
-14 003</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7518,373 +3956,311 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-10 829</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-1 393</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 662</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7904,196 +4280,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
- 58</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 662</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8145,584 +4490,301 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 723</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районных (городов областного значения) бюджетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 662</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-30 077</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -8751,187 +4813,97 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...135 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -8992,571 +4964,498 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...103 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетная программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-3 351</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9608,195 +5507,4789 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-3 351</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120 537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67 256</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67 256</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67 256</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 290</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+378</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 588</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 233</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 233</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 233</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 879</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 879</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 393</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 698</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 077</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 077</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 077</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 077</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 092</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 092</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 092</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9930,51 +10423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 351</w:t>
+4 092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>