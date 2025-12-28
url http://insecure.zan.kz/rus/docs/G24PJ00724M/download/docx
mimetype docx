--- v0 (2025-11-12)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4697931" w14:textId="4697931">
+    <w:p w14:paraId="6e8b721" w14:textId="6e8b721">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -190,88 +190,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Майский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Утвердить бюджет Каратерекского сельского округа на 2025-2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+      1. Утвердить бюджет Каратерекского сельского округа на 2025 - 2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 43478 тысячи тенге, в том числе:</w:t>
+      1) доходы – 46329 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      налоговые поступления – 5587 тысячи тенге; </w:t>
+      налоговые поступления – 5894 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -281,69 +281,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 37891 тысяч тенге;</w:t>
+      поступления трансфертов – 40435 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 43478 тысячи тенге; </w:t>
+      2) затраты – 46425 тысячи тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – равно нулю, в том числе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -389,69 +389,131 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – равно нулю;</w:t>
+      5) дефицит (профицит) бюджета – - 96 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – равно нулю.</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 96 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Майского районного маслихата Павлодарской области от 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6/32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть в бюджете Каратерекского сельского округа на 2025 год объем субвенций, передаваемых из районного бюджета в сумме 35396 тысячи тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
@@ -482,63 +544,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -546,51 +607,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Майского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -748,223 +809,279 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 7/24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Каратерекского сельского округа на 2025 год</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(с изменениями)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения Майского районного маслихата Павлодарской области от 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6/32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1278"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="1279"/>
+        <w:gridCol w:w="3645"/>
+        <w:gridCol w:w="4114"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -993,115 +1110,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1124,3030 +1255,3840 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-43478</w:t>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46329</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5587</w:t>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5894</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1566</w:t>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...65 lines deleted...]
- 1566</w:t>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3865</w:t>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3762</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-62</w:t>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3001</w:t>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2759</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-667</w:t>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+813</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-156</w:t>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-156</w:t>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-37891</w:t>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-37891</w:t>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40435</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40435</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-37891</w:t>
+            <w:tcW w:w="4114" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1283"/>
+        <w:gridCol w:w="1283"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="3587"/>
+        <w:gridCol w:w="2661"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2661" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функциональная подгруппа</w:t>
+Функциональная</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4176,147 +5117,168 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4339,4426 +5301,6512 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-43478</w:t>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46425</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-38126</w:t>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38951</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-38126</w:t>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38951</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-38126</w:t>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38951</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-37776</w:t>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38601</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-4059</w:t>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-4059</w:t>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-4059</w:t>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2240</w:t>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5168</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-535</w:t>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1284</w:t>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+534</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1293</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1293</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1293</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах,поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1293</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-6. Финансирование дефицита (использование профицита) бюджета </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+4. Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8879,62 +11927,61 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Каратерекского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1201"/>
+        <w:gridCol w:w="379"/>
+        <w:gridCol w:w="1188"/>
+        <w:gridCol w:w="1285"/>
+        <w:gridCol w:w="764"/>
+        <w:gridCol w:w="1218"/>
+        <w:gridCol w:w="414"/>
+        <w:gridCol w:w="3359"/>
+        <w:gridCol w:w="2492"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -8973,51 +12020,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -9033,61 +12080,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9135,94 +12189,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9400,51 +12468,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9459,169 +12527,190 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9673,136 +12762,150 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9817,61 +12920,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9887,103 +12997,110 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9998,94 +13115,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10120,51 +13251,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Индивидуальный подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10179,61 +13310,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10249,103 +13387,110 @@
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10360,94 +13505,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10482,51 +13641,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10541,94 +13700,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10663,51 +13836,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10722,94 +13895,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10844,51 +14031,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10903,94 +14090,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11025,51 +14226,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11084,61 +14285,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11154,103 +14362,110 @@
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11265,94 +14480,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11387,51 +14616,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11483,136 +14712,150 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11627,61 +14870,68 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11697,103 +14947,110 @@
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11808,94 +15065,108 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11930,51 +15201,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12008,157 +15279,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12187,111 +15465,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12320,144 +15612,165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12486,51 +15799,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12633,336 +15946,364 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42972</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12972,236 +16313,264 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35505</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13217,236 +16586,264 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35505</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13462,355 +16859,383 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35505</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35505</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13820,236 +17245,264 @@
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4892</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14065,236 +17518,264 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4892</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14310,779 +17791,849 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4892</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 551</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15092,236 +18643,264 @@
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15337,236 +18916,264 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15582,1146 +19189,1286 @@
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1332</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 6. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="2492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16877,209 +20624,215 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Каратерекского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1278"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="1279"/>
+        <w:gridCol w:w="3645"/>
+        <w:gridCol w:w="4114"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17108,115 +20861,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17239,2669 +21006,2872 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42556</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5587</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Индивидуальный подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3748</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3426</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 107</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36969</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36969</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19927,210 +23897,216 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1333"/>
+        <w:gridCol w:w="858"/>
+        <w:gridCol w:w="1810"/>
+        <w:gridCol w:w="1810"/>
+        <w:gridCol w:w="3725"/>
+        <w:gridCol w:w="2764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20159,110 +24135,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20291,147 +24281,168 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20454,4182 +24465,4616 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42556</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5004</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5004</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5004</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3063</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 579</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1362</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 6. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24691,55 +29136,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>