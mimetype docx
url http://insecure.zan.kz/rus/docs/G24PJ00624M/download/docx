--- v0 (2025-11-12)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="94915fa" w14:textId="94915fa">
+    <w:p w14:paraId="4379837" w14:textId="4379837">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,51 +76,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О бюджете села Майтубек Майского района на 2025-2027 годы</w:t>
+        <w:t>О бюджете села Майтубек Майского района на 2025 - 2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Майского районного маслихата Павлодарской области от 30 декабря 2024 года № 6/24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -210,196 +210,196 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий" Майский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Утвердить бюджет села Майтубек на 2025-2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+      1. Утвердить бюджет села Майтубек на 2025 - 2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 49 063 тысяч тенге, в том числе:</w:t>
+      1) доходы – 42511 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      налоговые поступления – 3 250 тысячи тенге; </w:t>
+      налоговые поступления – 4051 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 0 тысячи тенге;</w:t>
+      неналоговые поступления – 596 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 45 813 тысяч тенге;</w:t>
+      поступления трансфертов – 37864 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 49 063 тысяч тенге; </w:t>
+      2) затраты – 42575 тысячи тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – равно нулю, в том числе:</w:t>
+      3) чистое бюджетное кредитование – равно нулю, в том числе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      бюджетные кредиты – равно нулю; </w:t>
+        <w:t>
+      бюджетные кредиты – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -409,69 +409,131 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – равно нулю;</w:t>
+      5) дефицит (профицит) бюджета – -64 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – равно нулю.</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 64 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Майского районного маслихата Павлодарской области от 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5/32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть в бюджете села Майтубек на 2025 год объем субвенций, передаваемых из районного бюджета в общей сумме 23011 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
@@ -549,51 +611,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Председатель Майского районного маслихата </w:t>
+              <w:t>      Председатель Майского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -767,50 +829,100 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 6/24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Майтубек на 2025 год</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(с изменениями)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции решения Майского районного маслихата Павлодарской области от 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5/32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -902,51 +1014,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тысяч тенге)</w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -976,51 +1106,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Класс</w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1491,51 +1621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49063</w:t>
+42511</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1668,51 +1798,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3250</w:t>
+4051</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1845,51 +1975,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-875</w:t>
+1122</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2022,51 +2152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-875</w:t>
+1122</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2199,51 +2329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1554</w:t>
+1954</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2376,51 +2506,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
+32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2553,51 +2683,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56</w:t>
+244</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2730,51 +2860,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1375</w:t>
+1257</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2907,51 +3037,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81</w:t>
+421</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3084,51 +3214,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-821</w:t>
+975</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3261,92 +3391,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-821</w:t>
+975</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3402,87 +3532,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления трансфертов</w:t>
+Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45813</w:t>
+596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3511,51 +3641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
+06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3579,87 +3709,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45813</w:t>
+596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3720,123 +3850,831 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+596</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37864</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37864</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45813</w:t>
+37864</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3953,51 +4791,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма (тысяч тенге)</w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4027,51 +4883,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функциональная подгруппа</w:t>
+Функциональная</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4774,51 +5648,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49063</w:t>
+42575</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4983,51 +5857,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23317</w:t>
+24683</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5192,51 +6066,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23317</w:t>
+24683</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5401,51 +6275,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23317</w:t>
+24683</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5610,51 +6484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23317</w:t>
+24333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6028,51 +6902,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24556</w:t>
+16550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6237,51 +7111,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24556</w:t>
+16550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6446,51 +7320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24556</w:t>
+16550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6864,51 +7738,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-620</w:t>
+581</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7073,51 +7947,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21526</w:t>
+13559</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7282,51 +8156,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-840</w:t>
+1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7491,51 +8365,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-840</w:t>
+1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7700,51 +8574,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-840</w:t>
+1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7909,256 +8783,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-840</w:t>
+1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8178,192 +9056,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8415,160 +9297,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8652,133 +9538,1605 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-6. Финансирование дефицита (использование профицита) бюджета </w:t>
+4. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24621,55 +26979,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>