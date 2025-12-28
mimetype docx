--- v0 (2025-11-12)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="282fba9" w14:textId="282fba9">
+    <w:p w14:paraId="2685974" w14:textId="2685974">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -230,160 +230,160 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Утвердить бюджет Малайсаринского сельского округа на 2025-2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+      1. Утвердить бюджет Малайсаринского сельского округа на 2025 - 2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 92 734 тысяч тенге, в том числе:</w:t>
+      1) доходы – 94 248 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      налоговые поступления – 5 431 тысяча тенге; </w:t>
+      налоговые поступления – 6 773 тысячи тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – равно нулю;</w:t>
+      поступления от продажи основного капитала – 401 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 87 303 тысяч тенге;</w:t>
+      поступления трансфертов – 87 074 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 92 734 тысяч тенге; </w:t>
+      2) затраты – 94 352 тысячи тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – равно нулю, в том числе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -429,69 +429,131 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – равно нулю;</w:t>
+      5) дефицит (профицит) бюджета – -104 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – равно нулю.</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 104 тысячи тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Майского районного маслихата Павлодарской области от 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2/32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть в бюджете Малайсаринского сельского округа на 2025 год объем субвенций, передаваемых из районного бюджета в сумме 33348 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
@@ -788,50 +850,100 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 3/24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Малайсаринского сельского округа на 2025 год</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(с изменениями)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции решения Майского районного маслихата Павлодарской области от 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2/32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -996,51 +1108,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Класс</w:t>
+Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1127,51 +1239,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Подкласс</w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1511,51 +1623,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92 734</w:t>
+94248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1688,51 +1800,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 431</w:t>
+6773</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1865,51 +1977,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 757</w:t>
+2225</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2042,51 +2154,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 757</w:t>
+2225</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2183,87 +2295,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоги на собственность</w:t>
-[...35 lines deleted...]
-3 558</w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4389</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2360,87 +2472,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налоги на имущество</w:t>
-[...35 lines deleted...]
-65</w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2714,87 +2826,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Налог на транспортные средства</w:t>
-[...35 lines deleted...]
-2 418</w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2880</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2927,51 +3039,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-915</w:t>
+1290</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3104,51 +3216,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-116</w:t>
+159</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3281,228 +3393,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-116</w:t>
+159</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...135 lines deleted...]
-87 303</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+401</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3531,155 +3643,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
-[...103 lines deleted...]
-87 303</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3740,50 +3852,935 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+284</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87074</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87074</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3812,51 +4809,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 303</w:t>
+87074</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4794,51 +5791,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92 734</w:t>
+94352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5003,51 +6000,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 452</w:t>
+37992</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5212,51 +6209,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 452</w:t>
+37992</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5421,51 +6418,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 452</w:t>
+37992</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5630,51 +6627,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 102</w:t>
+37524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5839,51 +6836,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-350</w:t>
+468</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6048,51 +7045,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 462</w:t>
+3755</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6257,51 +7254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 462</w:t>
+3755</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6466,51 +7463,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2462</w:t>
+3755</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6675,51 +7672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 093</w:t>
+2540</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6812,541 +7809,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-369</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-52 820</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+769</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-52 820</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7366,196 +8363,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-52 820</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7607,164 +8604,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 400</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7857,123 +8854,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-045</w:t>
-[...71 lines deleted...]
-51 420</w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8057,128 +9054,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8302,52 +9303,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-4. Сальдо по операциям с финансовыми активами </w:t>
+              <w:t>
+3. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8508,51 +9509,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Дефицит (профицит) бюджета</w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8712,93 +9713,946 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-0</w:t>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24223,55 +26077,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>