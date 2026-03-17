--- v0 (2025-11-12)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="24ff3ee" w14:textId="24ff3ee">
+    <w:p w14:paraId="079d484" w14:textId="079d484">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,51 +76,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О бюджете Сатпаевского сельского округа на 2025-2027 годы</w:t>
+        <w:t>О бюджете Сатпаевского сельского округа на 2025 - 2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Баянаульского районного маслихата Павлодарской области от 30 декабря 2024 года № 263/28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -189,89 +189,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республики Казахстан", Баянаульский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Утвердить бюджет Сатпаевского сельского округа на 2025-2027 годы согласно приложениям 1, 2, 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t xml:space="preserve">
+      1. Утвердить бюджет Сатпаевского сельского округа на 2025 - 2027 годы согласно приложениям 1, 2, 3 соответственно, в том числе на 2025 год в следующих объемах с изменениями: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 56613,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 56 613,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления –5696,0 тысяч тенге;</w:t>
+      налоговые поступления – 5 696,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -281,69 +281,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 50917,0 тысяч тенге;</w:t>
+      поступления трансфертов – 50 917,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 56613,0 тысяч тенге;</w:t>
+      2) затраты – 58 891,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -353,69 +353,131 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – равно нулю;</w:t>
+      5) дефицит (профицит) бюджета – - 2278,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – равно нулю.</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 2278,0 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Баянаульского районного маслихата Павлодарской области от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 380/40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -453,51 +515,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Председатель сессии Баянаульского районного маслихата </w:t>
+              <w:t>      Председатель сессии Баянаульского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -672,9404 +734,10314 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 263/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Сатпаевского сельского округа на 2025 год</w:t>
       </w:r>
-    </w:p>
-[...3518 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(с изменениями)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения Баянаульского районного маслихата Павлодарской области от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 380/40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-Функциональная группа</w:t>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Администратор бюджетных программ</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Программа</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...211 lines deleted...]
-(тысяч тенге)</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...209 lines deleted...]
-6</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56 613,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-56613,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5696,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...161 lines deleted...]
-42787,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1171,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-42787,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1171,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-42787,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3879,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-42387,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-400,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-11182,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3215,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-11182,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+550,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-11182,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+646,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-10197,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+646,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-610,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-375,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-108,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 917,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-108,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 917,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-108,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 917,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-108,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-2536,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-2536,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-2536,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-2536,0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сумма </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58 891,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 787,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 787,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 387,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13471,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13471,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13471,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12537,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+334,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение физкультурно-оздоровительных и спортивных мероприятий на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 536,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 536,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 536,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2536,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2278,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2278,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -27379,55 +28351,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>