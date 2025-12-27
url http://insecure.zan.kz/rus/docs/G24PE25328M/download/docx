--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="edb4158" w14:textId="edb4158">
+    <w:p w14:paraId="e2de45e" w14:textId="e2de45e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -209,141 +209,141 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Баянаульского сельского округа на 2025 - 2027 годы согласно приложениям 1, 2, 3 - соответственно, в том числе на 2025 год в следующих объемах с изменениями:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 1196065,6 тысяч тенге, в том числе:</w:t>
+      1) доходы – 1202544,8 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 122928,9 тысяч тенге;</w:t>
+      налоговые поступления – 134430,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 55304,1тысяч тенге;</w:t>
+      неналоговые поступления – 59329,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 10251,6 тыс тенге;</w:t>
+      поступления от продажи основного капитала – 13100,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 1007581,0 тысяч тенге;</w:t>
+      поступления трансфертов – 995685,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 1202848,1 тысяч тенге;</w:t>
+      2) затраты – 1209327,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – равно нулю;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -399,61 +399,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Баянаульского районного маслихата Павлодарской области от 28.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Баянаульского районного маслихата Павлодарской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 339/36</w:t>
+        <w:t>№ 372/40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -762,61 +762,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(с изменениями)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Баянаульского районного маслихата Павлодарской области от 28.07.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Баянаульского районного маслихата Павлодарской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 339/36</w:t>
+        <w:t>№ 372/40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -889,87 +889,88 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1641,51 +1642,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 196 065,6</w:t>
+1 202 544,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1819,51 +1820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122 928,9</w:t>
+134 430,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1997,51 +1998,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91 635,0</w:t>
+101 682,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2174,52 +2175,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-91 635,0</w:t>
+              <w:t xml:space="preserve">
+101 682,9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2353,51 +2354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 476,9</w:t>
+32 012,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2531,51 +2532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-337,0</w:t>
+876,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2709,51 +2710,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-359,0</w:t>
+199,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2887,51 +2888,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 780,9</w:t>
+30 936,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3065,51 +3066,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-817,0</w:t>
+734,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3243,51 +3244,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-540,0</w:t>
+439,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3421,51 +3422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-277,0</w:t>
+294,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3599,51 +3600,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 304,1</w:t>
+59 329,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3777,51 +3778,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 131,0</w:t>
+2 346,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3955,51 +3956,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 131,0</w:t>
+2 346,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4097,87 +4098,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Другие неналоговые поступления</w:t>
-[...35 lines deleted...]
-53 173,1</w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56 983,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4275,87 +4276,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Другие неналоговые поступления в местный бюджет</w:t>
-[...35 lines deleted...]
-53 173,1</w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56 983,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4489,51 +4490,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 251,6</w:t>
+13 100,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4667,51 +4668,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 251,6</w:t>
+13 100,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4845,51 +4846,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 251,6</w:t>
+13 100,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5023,51 +5024,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 007 581,0</w:t>
+995 685,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5201,51 +5202,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 007 581,0</w:t>
+995 685,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5379,328 +5380,167 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 007 581,0</w:t>
-[...96 lines deleted...]
-Функциональная группа</w:t>
+995 685,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Функциональная подгруппа</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Администратор бюджетных программ</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5731,114 +5571,82 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Программа</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5901,1011 +5709,940 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...115 lines deleted...]
-(тысяч тенге)</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...188 lines deleted...]
-6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сумма </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-1 202 848,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-85 922,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 209 327,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-85 922,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87 611,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6925,196 +6662,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-85 922,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87 611,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7166,164 +6903,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-85 276,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87 611,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7416,541 +7153,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-022</w:t>
-[...71 lines deleted...]
-646,0</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86 965,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-624 044,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+646,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-624 044,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+625 312,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7970,196 +7707,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-624 044,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+625 312,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8211,164 +7948,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3502,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+625 312,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8461,123 +8198,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-97 632,5</w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация сохранения государственного жилищного фонда города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 502,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8670,123 +8407,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-8 467,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104 147,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8879,505 +8616,505 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-514 442,2</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 467,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-698,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+509 194,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Спорт</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9433,160 +9170,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9674,128 +9411,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Проведение физкультурно-оздоровительных и спортивных мероприятий на местном уровне</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9819,437 +9556,437 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-492 181,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение физкультурно-оздоровительных и спортивных мероприятий на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+698,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-492 181,9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+495 703,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10269,196 +10006,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-492 181,9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+495 703,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10510,164 +10247,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-39 723,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+495 703,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10760,406 +10497,406 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-045</w:t>
-[...71 lines deleted...]
-452 458,7</w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 244,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452 458,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11314,160 +11051,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11555,128 +11292,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11796,128 +11533,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12042,51 +11783,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Сальдо по операциям с финансовыми активами</w:t>
+3. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12247,87 +11988,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
--6 782,5</w:t>
+4. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12452,87 +12193,292 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+5. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 6782,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 6. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 782,5</w:t>
+ 6782,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -33544,55 +33490,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>